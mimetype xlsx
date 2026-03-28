--- v0 (2025-10-24)
+++ v1 (2026-03-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1346">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1692">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Наименование</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Вращающаяся на 360 градусов швабра для уборки</t>
   </si>
   <si>
     <t>Этот инструмент для глубокой очистки имеет треугольный дизайн, впитывающий материал ткани и подвесное хранилище, что позволяет легко и непринужденно убирать дома. Глубокая очистка: Эта треугольная швабра может достать до любого угла, она эффективно притягивает мелкую пыль и волосы и мгновенно впитывает мусор. Премиальный материал: Швабра оснащена утолщенной и зашифрованной тканью из микрофибры, которая очень прочная и может быстро впитывать воду в течение 5 секунд.</t>
   </si>
   <si>
     <t>Емкость для специй/Набор для специй/Емкости для приправ</t>
   </si>
   <si>
     <t>Удобный емкость под специи, 4 в 1. В комплекте имеется 4 мерных ложечки. Много место не займёт, а радовать будет всегда.</t>
   </si>
   <si>
@@ -4050,50 +4050,1088 @@
     <t>Спрей-пенка депилятор для безболезненного удаления волос, мусс для депиляции Detvfo</t>
   </si>
   <si>
     <t>для безболезненного удаления волос, мусс для депиляции Detvfo,150 мл</t>
   </si>
   <si>
     <t>Ластик для чистки утюга</t>
   </si>
   <si>
     <t>Для быстрой качественной и простой чистки металлической и тефлоновой поверхностей! Ластик для чистки поверхности утюга. Для чистки не нужны дополнительные средства бытовой химии. Ластик подходит не только для утюгов, но и для электроплит и других изделий из металла, которые нагреваются в процессе эксплуатации. Процесс чистки займет 2-3 минуты, а результат вас приятно удивит! Материал: TPR (термопластичный каучук). Размеры: 7 х 2,5 х 1 см.</t>
   </si>
   <si>
     <t>Нержавеющая сталь ножи для картофеля</t>
   </si>
   <si>
     <t>Нержавеющая сталь ножи для картофеля фри волнообразный очиститель для овощей и фруктов машина для нарезки картофеля инструменты картофельных чипсов чайник</t>
   </si>
   <si>
     <t>Отпугиватель грызунов избавит Ваш дом от надоедливых насекомых и прочих вредящих дому существ. Не влияет на работу других электроприборов, мобильных и беспроводных устройств. Действия прибора - издает волны ультразвука, животные и насекомые ощущают вибрацию в воздухе и покидают Ваш дом. Волны безопасны для человека.</t>
   </si>
   <si>
     <t>Сушилка для обуви с таймером, противогрибковая, домашняя</t>
   </si>
   <si>
     <t>Электрическая сушилка для обуви, кроссовок, туфель создана специально для тех, кто ценит комфорт, чистоту и оптимальные условия для сохранности своей обуви.</t>
+  </si>
+  <si>
+    <t>Гирлянда на проволоке 'капля роса' для фотозоны, фотосессии, декора елки, подсветки беседки. Светодиодная гибкая гирлянда-нить 'Роса' на батарейках. Свечение статическое. Питание - от  батареек CR2032 (в комплекте). Перед включением удалите защитную бумагу из батарейного блока. Если гирлянда не горит, проверьте расположение батареек. Можно украшать домашние предметы, бутылки, комнатные растения, венки. Можно использовать как реквизит для фотосессий, для украшения волос, меховых воротников, одежды, частей тела. Нить гирлянды тонкая и диоды очень маленькие, похожи на капельки росы, что делает ее практически незаметной. Такая гирлянда незаменима при романтических вечерах.</t>
+  </si>
+  <si>
+    <t>Набор кухонных принадлежности Ложки 6 штук</t>
+  </si>
+  <si>
+    <t>Наборы вилок, ложек и чайных ложек из нержавеющей стали, удобные и практичные столовые приборы, станут стильным украшением праздничного стола. Материал: металл, нержавейка.</t>
+  </si>
+  <si>
+    <t>Набор кухонных принадлежности Вилки 6 штук</t>
+  </si>
+  <si>
+    <t>Набор кухонных принадлежности Чайные 6 штук</t>
+  </si>
+  <si>
+    <t>Набор кухонных принадлежности Комплект 18шт</t>
+  </si>
+  <si>
+    <t>Набор ложек столовых с рисунком Аист Ложки 6 штук</t>
+  </si>
+  <si>
+    <t>Набор ложек столовых с рисунком Аист Вилки 6 штук</t>
+  </si>
+  <si>
+    <t>Набор ложек столовых с рисунком Аист Чайные 6 штук</t>
+  </si>
+  <si>
+    <t>Наборы столовых предметов изготовлен из нержавеющей стали высшей пробы 18/10. Такой металл ещё называют 'медицинским'. Он не окисляется, не вступает в химическую реакцию со щелочами, солями и кислотами. В нём содержится 10% никеля, который отвечает за презентабельность. А вот, 18% хрома придаёт сплаву прочность, за счёт чего Вы можете быть уверены, что Ваша вилка, ложка или нож не согнётся, даже под жёстким стейком.</t>
+  </si>
+  <si>
+    <t>Замазка оконная</t>
+  </si>
+  <si>
+    <t>Замазка для окон без комочков легко наносится, перед использованием необходимо размять руками как пластилин. Подходит для наружных и внутренних работ. Средство для герметизации окон не высыхает, не растрескивается, сохраняет рабочие свойства при температуре от -40 до +50. Средство для утепления балконов и лоджий можно использовать повторно после открытия, обработанные составом поверхности можно окрашивать.</t>
+  </si>
+  <si>
+    <t>Сварочный карандаш - это компактный и удобный инструмент для пайки и сварки различных материалов, таких как медь, алюминий, железо, нержавеющая сталь, пластик и другие металлы. Благодаря современным технологиям, паяльный карандаш не требует сложного оборудования и идеально подходит для ремонта в домашних условиях, мастерских, а также для работы в полевых условиях.</t>
+  </si>
+  <si>
+    <t>Щетка для мытья окон, щетка для животных</t>
+  </si>
+  <si>
+    <t>Многофункциональная хозяйственная щётка с длинной ручкой для дома и автомобиля, предназначена для чистки мебели, одежды от ворса, шерсти собак и кошек, для удаления волос с ковра и дивана, для мытья окон, стеклопакетов, москитных сеток и зеркальных поверхностей. Стеклоочиститель (окномойка) подходит для влажной и сухой уборки. Силиконовая телескопическая швабра для мытья полов включает в себя 4 щетки. Узкой щёточкой удобно убирать мусор, она идеально подходит для труднодоступных мест, для подметания и сбора пыли. Мягкая велюровая насадка уберет разводы и потеки со стекла, зеркал, плитки и не оставит царапин. Универсальная механическая щетка подойдет для чистки мебели, ковров. Сторона для сгона воды щетки облегчит процедуру мытья окон в квартире. Средство для удаления катышков так же предназначено для салона авто. Щетка отлично подойдет как подарок на день рождения, 8 марта. При влажной уборке легко впитывает воду и моющее средство, её удобно полоскать, очищает от пятен.</t>
+  </si>
+  <si>
+    <t>Надежные самоклеящиеся настенные крючки</t>
+  </si>
+  <si>
+    <t>Надежные, самоклеящиеся настенные крючки на стену</t>
+  </si>
+  <si>
+    <t>Упаковок: 25шт</t>
+  </si>
+  <si>
+    <t>ДИСПЕНСЕР ДЛЯ ЖИДКОГО МЁДА</t>
+  </si>
+  <si>
+    <t>Имеет стеклянную конструкцию в виде пчелиных сот. Теперь Вы можете попробовать вкусный мед в любое время не запачкав руки. Диспенсер так же можно использовать для варенья или сгущеного молока. Материал: акрил + пластик. Размер: 150 x 82 мм. Емкость: 200 мл. Цвет: прозрачный.</t>
+  </si>
+  <si>
+    <t>Капучинатор и вспениватель для молока</t>
+  </si>
+  <si>
+    <t>Этот легкий, но в то же время мощный капучинатор отлично подойдет для взбивания сливок, молока, кофе, матчи, яиц, различных коктейлей, салатных заправок, легкого теста и даже альгинатных масок. В комплект входят две насадки: спираль и венчик. Спиралью вы быстро и легко создадите крепкую пенку на любимом напитке. Вставив насадку с венчиком, вы получаете мини-миксер, которым вы быстро взобьете, например, яичницу или легкое тесто для блинчиков. Готовьте по утрам быстрый и вкусный завтрак без лишней посуды и техники. У капучинатора есть 3 режима с разными скоростями. Выбирайте исходя из объема посуды и продуктов, с которыми собираетесь работать. Минимальный режим подойдет для бокалов с напитками, максимальный для взбивания легкого теста или яичницы. Капучинатор легко и быстро моется. Достаточно сполоснуть насадку теплой водой с мыльным раствором и поставить обтекать. Заряда хватает на несколько недель ежедневного использования.</t>
+  </si>
+  <si>
+    <t>щётка для чистки бутылок 4 в 1</t>
+  </si>
+  <si>
+    <t>Выдвижная щетка для чистки чашек 4 в 1, кухонный инструмент для чистки с длинной ручкой, материал - пластик, размер - 28-33 см, имеет несколько функций: U-образная силиконовая щетка для чашек, щелевая щетка, угловая щетка с жесткой щетиной и внутренняя щетка для глубокой очистки</t>
+  </si>
+  <si>
+    <t>Ручная овощерезка с насадками</t>
+  </si>
+  <si>
+    <t>удобный и практичный кухонный инструмент, который значительно ускорит процесс приготовления. Этот универсальный овощерезка-терка с барабанами оснащён тремя сменными насадками: для шинковки капусты, терки моркови по-корейски, а также для нарезки овощей кружочками. Корпус изготовлен из прочного пищевого пластика, а барабаны — из нержавеющей стали, что гарантирует долговечность и лёгкий уход. Ручной привод позволяет использовать овощерезку без электричества — просто закрепите её на столе с помощью мощной присоски, загрузите продукты в бункер и вращайте ручку</t>
+  </si>
+  <si>
+    <t>Стеклянная подставка для подогрева чайника свечой</t>
+  </si>
+  <si>
+    <t>Подставка для подогрева стеклянного заварочного чайника. Выполнена из жаропрочного стекла. В середине подставки в небольшое углубление устанавливается стандартная свеча в гильзе диаметром 38 мм, а сверху ставится стеклянный заварочный чайник. Подставка совместима с заварочными чайниками выполненными из жаропрочного боросиликатного стекла любого объема.</t>
+  </si>
+  <si>
+    <t>Предназначен для экономии места, новый дизайн внешнего вида, простой и модный, используется для хранения мобильных телефонов/дистанционного управления. Простая установка: очень легко установить с двухсторонней клейкой лентой, сильной вязкостью, без винтов. Практичность: Идеально подходит для использования, чтобы безопасно заряжать ваш телефон в спальне, не занимая ценное пространство для ночной тумбы. Эргономичный дизайн: Этот продукт имеет эргономичный дизайн и очень удобен в использовании. Хорошее качество: Этот продукт изготовлен из высококачественных материалов, тонкое мастерство,  и длительный срок службы.</t>
+  </si>
+  <si>
+    <t>Нож для фигурной нарезки овощей, кухонный</t>
+  </si>
+  <si>
+    <t>Набор для карвинга, нож для фруктов выполнен из нержавеющей стали, которая невероятно прочна и остра, что без труда разрежет толстую кожуру ананаса, дыни или арбуза. Набор состоит из ножа с удлиненным лезвием, ножа-ложечки для шариков и прибора для удаления семян из овощей и фруктов. Нож с удлиненным лезвием с насечками, позволяет не только ровно и красиво нарезать с коркой, но и достать дольки мякоти ровными и привлекательными. Нож- ложечка позволяет вырезать шарики из мякоти разного диаметра для получения сфер и полусфер. С помощью этого набора ножи складные можно приготовить оригинальные десерты, украсить мороженое, коктейли, выпечку. Все предметы имеют отверстие в ручке для подвешивания на крючок. Карбовочный нож для фигурной резки с V-образным зубчатым лезвием для формирования выемок и фигур. Нож-ложка. позволит легко и быстро вырезать шарики для композиции. Набор идет в хорошо упакованной коробке(3 предм.)</t>
+  </si>
+  <si>
+    <t>полка для тарелок</t>
+  </si>
+  <si>
+    <t>Набор из 3-х шт. Чтобы эффективно очистить и отмыть посуду с сильными загрязнениями, такие как сковородку, кастрюлю, противень, казан, решётку для гриля - вам с этим поможет справиться универсальная скраб-губка Белоснежка.Губка из состава полиуретан+алюминий размером 10х13см результативно удаляет трудно выводимые загрязнения: налёт, жир, нагар, ржавчину и т.п. Легко очистит не только кастрюли и сквороды, но и газовую, керамическую, электрическую плиту, духовой шкаф, фритюрницу. Чистить ею можно как снаружи так и внутри посуды. Раковины, ванна, душевая кабина всегда будут радовать вас чистотой и блеском. Не разрушает её структуру и не изменяет цвет поверхности. Не требует дополнительных моющих средств и легка в применении.</t>
+  </si>
+  <si>
+    <t>Подставка для тряпок и губок Органайзер на мойку</t>
+  </si>
+  <si>
+    <t>Новинка Ручная овощерезка с насадками</t>
+  </si>
+  <si>
+    <t>Ручная овощерезка с насадками для шинковки, нарезки и измельчения — удобный и практичный кухонный инструмент, который значительно ускорит процесс приготовления. Этот универсальный овощерезка-терка с барабанами оснащён тремя сменными насадками: для шинковки капусты, терки моркови по-корейски, а также для нарезки овощей кружочками. Корпус изготовлен из прочного пищевого пластика, а барабаны — из нержавеющей стали, что гарантирует долговечность и лёгкий уход. Ручной привод позволяет использовать овощерезку без электричества — просто закрепите её на столе с помощью мощной присоски, загрузите продукты в бункер и вращайте ручку</t>
+  </si>
+  <si>
+    <t>Ночник Призма LED</t>
+  </si>
+  <si>
+    <t>от батареек LR1130 прозрачный 6,8х6,8х12 см</t>
+  </si>
+  <si>
+    <t>Защелка для шкафа с винтами</t>
+  </si>
+  <si>
+    <t>100% новый бренд. Встроенный пружинный Плунжер, вы можете просто нажать на дверь, чтобы защелкнуть или снять защелку. Устраняет необходимость в ручках или ручках. Создайте чистый, бесшовный вид без ручек. Подходит для использования с петлями без функции самостоятельного закрытия. Он может воспроизводить Шкаф Тянет, просто нажмите его, чтобы открыть и нажмите его, чтобы закрыть шкаф. Идеально подходит для кухни и ванных комнат. Может также использоваться для большинства выдвижных ящиков. Защитите свои двери от ударов. Уменьшите шум при закрытии дверей и ящиков. Очень легко установить. Материал: АБС + алюминиевый сплав. Открытый Размер: прибл. 143 мм/5,63 дюйма. Расстояние между отверстиями: прибл. 48 мм/1,89 дюйма. Характеристики: идеально подходит для гардероба, ящиков, шкафов, шкафов и т. д. Простота установки, снижение уровня шума, Защита ваших дверей от захлопывания. Цвет: золотой.</t>
+  </si>
+  <si>
+    <t>100% новый бренд. Встроенный пружинный Плунжер, вы можете просто нажать на дверь, чтобы защелкнуть или снять защелку. Устраняет необходимость в ручках или ручках. Создайте чистый, бесшовный вид без ручек. Подходит для использования с петлями без функции самостоятельного закрытия. Он может воспроизводить Шкаф Тянет, просто нажмите его, чтобы открыть и нажмите его, чтобы закрыть шкаф. Идеально подходит для кухни и ванных комнат. Может также использоваться для большинства выдвижных ящиков. Защитите свои двери от ударов. Уменьшите шум при закрытии дверей и ящиков. Очень легко установить.</t>
+  </si>
+  <si>
+    <t>Одноразовые бумажные чехлы на сиденья для унитаза</t>
+  </si>
+  <si>
+    <t>Крошечный, незаметный пакетик с одноразовыми накладками на сиденье унитаза, который вы всегда можете носить с собой — в сумочке, кармане или рюкзаке. Они идеально подходят, когда нам нужно использовать общественный туалет, например, на заправке, в торговом центре и т. д. Они полностью покрывают площадь раковины и уменьшают воспринимаемый дискомфорт при использовании туалета.</t>
+  </si>
+  <si>
+    <t>Защитный экран для плиты от брызг из фольги - это отличное решение для предотвращения разбрызгивания масла при приготовлении продуктов. Он защищает фартук кухни от масляных брызг и пятен, а также предотвращает расплавление и деформацию пластиковых элементов кухни, находящихся рядом с плитой. Материал защитного экрана изготовлен из утолщенной алюминиевой фольги, которая является теплостойкой и маслостойкой.</t>
+  </si>
+  <si>
+    <t>Кружка Сердце</t>
+  </si>
+  <si>
+    <t>Подарите своему любимому человеку незабываемые эмоции с кружкой, которая объединяет романтику, стиль и функциональность. Этот светящийся аксессуар станет настоящей изюминкой вашего праздникаили уютного вечера дома. Просто добавьте воды — и разноцветная подсветка мгновенно создаст атмосферу уюта, превращая обычное использование в магический ритуал. Эта кружка-хамелеон с необычной формой сердечка идеально подходит для праздничных дней, будь то День святого Валентина 14 февраля или другой особенный момент в году. Яркие переливы света делают ее особенно красивой и эстетичной, а ее уникальный дизайн будет радовать глаз под любым углом зрения. Идеальный подарок для любимых: девушки, жены, подруги или даже сестры оценят такое внимание. Также это отличный вариант для тех, кто ищет что-то оригинальное к семейным праздникам или романтическим ужинам. Радужный эффект подсветки кружки превращает каждое использование в настоящее украшение любого стола. Кружка обладает удобной ручкой и не подходит для горячих напитков, таких как чай или кофе. Она отлично впишется в любую обстановку — от классического до современного интерьера.</t>
+  </si>
+  <si>
+    <t>Винные столики пользуются популярностью среди любителей эстетичной и многофункциональной посуды. Деревянные менажницы на ножках можно использовать как дома, так и брать с собой на пикник в парк или загород. На поверхности тарелки есть специальные отверстия-держатели под бокалы и бутылку вина. Такой стол станет прекрасным и оригинальным подарком на любой случай. Винница выполнена из цельноламельного массива бука и обработана натуральным минеральным маслом, которое защищает от влаги и микробов.</t>
+  </si>
+  <si>
+    <t>Круглая деревянная разделочная доска под пиццу из дуба. Также с лицевой стороны изготовлена ​​декоративная канавка, ее функция собирать весь жир, который будет стекать на край поверхности. Разделочная доска долговечна, она может служить в использовании как дома, так и в ресторанах, пиццериях и кафе ... Характеристика изделия: Диаметр: 340мм.</t>
+  </si>
+  <si>
+    <t>Менажница деревянная прямоугольная на 3 секции</t>
+  </si>
+  <si>
+    <t>Изделие для сервировки стола не только придает дому особый уют, но и радует владельцев своей многофункциональностью: оборотная сторона изделия выступает как разделочная доска для пищевых продуктов. Менажница или столик для вина и бокалов имеет разные функции: тортовница, посуда для подачи блюд, поднос, доска для стейка, тарелка для кулича, блюдо сервировочное, круглый столик. Менажница выполнена из березы и упакована в полиэтилен , поэтому деревянная менажница является отличным подарком из дерева любимой женщине, маме, бабушке, мужчине или для романтического свидания.</t>
+  </si>
+  <si>
+    <t>Это компактное и надёжное устройство, которое станет отличным средством защиты вашей семьи от вредных для здоровья веществ. Результатом работы приспособления является не только обеззараживание, но и улучшение вкуса и запаха воды.</t>
+  </si>
+  <si>
+    <t>Наш кислородное чудо средство</t>
+  </si>
+  <si>
+    <t>Это чудо-средство, которое легко справится с любыми задачами по уборке и стирке. Подходит для белого и цветного белья, а также для чистки различных предметов в вашем доме. Эффективен для всех типов белья, можно использовать для очистки посуды, включая удаление нагара со старых кастрюль и сковородок, а также для удаления чайного налета с термосов и кружек. Подходит для чистки обивки мебели, фильтров вытяжек и многих других предметов. Отлично подходит для стирки, можно применять в стиральной и посудомоечной машине, при ручной стирке и замачивании. Служит для прочистки труб, эффективен для устранения органических засоров.</t>
+  </si>
+  <si>
+    <t>термокружка</t>
+  </si>
+  <si>
+    <t>Она изготовлена из высококачественной нержавеющей стали и оснащена герметичной крышкой с ручкой, предотвращающей проливание. Верхнее покрытие - однотонный цвет с логотипом. Функциональная, с двойными стенками, позволяющими сохранять температуру: зимой - до 6 часов, летом - до 4 часов.</t>
+  </si>
+  <si>
+    <t>Настенный держатель для швабры - это незаменимая вещь в каждом доме. Позволяет крепить швабру для избежания постоянного падения инвентаря для уборки. Держатель обладает прозрачной силиконовой базой, что делает его незаменимым на приклеиваемой поверхности, а специальный пластиковый фиксатор надежно удерживает швабру на стене. Держатель может быть удален и приклеен снова, благодаря инновационной клейкой основе. Рекомендуются к приклеиванию на кафель, пластик, гладкую и прочную (не пыльную) основу, крашенную стену, некоторые виды обоев.</t>
+  </si>
+  <si>
+    <t>Материал: полипропилен + полиэстер; Размер фильтровального мешка: 3,6 x 6,9. Просто поместите эти плавучие мешки в вашу стиральную машину и наблюдайте, как они собирают мусор и ворс. Сеть достаточно большая, чтобы собрать много пушистой шерсти животных. Это отличное дополнение к ограниченным мешкам для волос небольших портативных стиральных машин. Эффективно впитывает и собирает волосы, избегая другой одежды.</t>
+  </si>
+  <si>
+    <t>Вакуумная упаковка - это отличный способ сохранить вкус, цвет, запах и полезные свойства продукта. По достоинству данный способ хранения продукта оценили дачники, рыбаки, охотники, фермеры, производители. Вакуумная упаковка сохранит истинный вкус продукта! Вакуумный пакет предназначен для вакуумирования продуктов в бытовых условиях и подходит для всех бескамерных вакуумных упаковщиков. Вакуумный пакет удобен тем, что имеет определенный размер и сокращает время в процессе вакуумации. Пакет имеет толщину 85 мкм, что позволяет вакуумировать продукты, не опасаясь проткнуть пакет.  Пакет выполнен из экологического пищевого материала полиэтилен полиамида PA/PE. Высокий температурный диапазон позволяет использовать пакет в СВЧ печах, при приготовлении продуктов способом 'сувид'. Есть возможность использовать несколько раз один пакет. На пленке присутствует надрыв для удобства.</t>
+  </si>
+  <si>
+    <t>Ринзер ополаскиватель кружек, стаканов, бокалов</t>
+  </si>
+  <si>
+    <t>Компактное, удобное и эффективное устройство для быстрого ополаскивания стаканов, кружек, бокалов, бутылочек и т.п. Омыватель экономит воду, время и оптимизирует пространство на кухне. 5-ти струйная система роспрыска воды, мощные струи холодной воды открытого клапана нажимного механизма из прочного пластика быстро ополаскивают и охлаждают посуду изнутри.</t>
+  </si>
+  <si>
+    <t>Коврик для ванной 50х80см Больше 10-ти штук</t>
+  </si>
+  <si>
+    <t>Коврик для ванной 50х80см До 10-ти штук</t>
+  </si>
+  <si>
+    <t>Эспандер для йоги фитнес-резинки</t>
+  </si>
+  <si>
+    <t>Эспандер латексная трубка с ручками применяется вместо тренажера. Существенно повысит эффективность спортивных тренировок и способствует проработке всех групп мышц. С помощью многофункционального комплекта не составит труда накачать грудь, пресс, руки, бедра, предплечья, спину, бицепсы и другие части тела. В наборе с латексными эластичными эспандерами идут крепления, позволяющие закрепить спортинвентарь в дверном проеме, а также на турнике. Особенностью этой модели является крепкая резина канатного типа, благодаря чему увеличивается сопротивление и нагрузка. Удобные ручки надежны и не выскальзывают во время тренировки. Эспандер позволяет дать нагрузку на руки, ноги, плечи, спину, грудь.</t>
+  </si>
+  <si>
+    <t>Полка для ванной комнаты MATE, телескопическая 4-х ярусная</t>
+  </si>
+  <si>
+    <t>Угловая телескопическая 4-х ярусная полка для ванной, L29.5xH70-260xD19.5 cm. регулируемая высота: 70-260 см (для душа и ванной), удобный размер полок полка с тремя крючками и сливными отверстиями, легкая установка без сверления, - не боится воды, прочная. Экономит пространство</t>
+  </si>
+  <si>
+    <t>Банки с бамбуковой крышкой 700мл</t>
+  </si>
+  <si>
+    <t>Банки с бамбуковой крышкой 9000мл</t>
+  </si>
+  <si>
+    <t>Банки с бамбуковой крышкой, для сыпучих продуктов 700мл</t>
+  </si>
+  <si>
+    <t>Данный продукт может служить полезным, лаконичным и аккуратным аксессуаром вашего дома. В банках можно хранить все сыпучие продукты, конфеты, специи и т.д. Изделие подходит под подарок на любой празник и для любого пола. Товар выполнен из боросиликатного стекла, что позволяет ему выдерживать высокую температуру и не лопаться при высокой температуре, а также, при разбитии говорит о безопасности, ведь данное стекло не ломается большими и колкими кусками. Благодаря прозрачности, мы можем видеть содержимое находящееся внутри. Бамбуковая крышка обладает антибактериальными свойствами. Набор стеклянных банок может стильно организовать ваше пространство. Прозрачный стеклянный корпус и бамбуковая крышка дополняют друг друга, этот набор стеклянных банок является не только прекрасным органайзером, но и прекрасным украшением для вашего дома и жизни.</t>
+  </si>
+  <si>
+    <t>Банки с бамбуковой крышкой, для сыпучих продуктов 9000мл</t>
+  </si>
+  <si>
+    <t>РАСПРОДАЖА Швабра для уборки пыли и мытья окон универсальная, швабра хозяйственная для мытья полов</t>
+  </si>
+  <si>
+    <t>Держатели изготовлены из высококачественного экологически безопасного силикагеля, магнитного и вязкого. Они могут увеличить пространство для хранения без сверления на стене. Режим подвешивания можно изменить в соответствии с Вашими пожеланиями. Установка проста: легко чистить и приклеивать технологию. Крючок не нужно сверлить. Широкое применение: подходит для рабочего стола, ванной комнаты и хранения в помещении.</t>
+  </si>
+  <si>
+    <t>Чистящие средство для унитаза 12шт</t>
+  </si>
+  <si>
+    <t>Умный режим индукции, встроенный светочувствительный датчик + инфракрасный объектив, двойной Интеллектуальный чувствительный механизм. Активируйте режим датчика в условиях низкой освещенности ночью. Режим ночного освещения, 4 светодиода теплого цвета, абажуры из матового стекла, мягкий и теплый свет, эффективно снимают стресс и дают людям комфортную и интимную среду отдыха.</t>
+  </si>
+  <si>
+    <t>Настольная лампа, это компактный источник света. Прикроватный светильник подойдет как подсветка гостиной, в прихожую и в кухню. Сенсорное управление без пульта управления. 3 режима подсветки для любого интерьера и настроения. Внутри LED-T4-Cristal аккумулятор, который заряжается и может проработать до 12 часов без подзарядки. Возможно использовать беспроводную лампу на открытом воздухе или на террасе бара, ресторана или кафе. Благодаря кристаллическому узору свет от лампы имеет рельефное преломление</t>
+  </si>
+  <si>
+    <t>Трос сантехнический</t>
+  </si>
+  <si>
+    <t>Сантехнический трос 3м предназначается для прочистки засоров в канализационных трубопроводных стояках кухонь, ванных и туалетных комнат. Изделие изготовлено из пружинной стали, оснащено захватом и кривошипной рукояткой.</t>
+  </si>
+  <si>
+    <t>Сушилка для обуви с таймером</t>
+  </si>
+  <si>
+    <t>Складной квадратный силиконовый дуршлаг</t>
+  </si>
+  <si>
+    <t>Складной квадратный силиконовый дуршлаг, очень удобный, занимает минимум места, не гремит, можно взять с собой! Изготовлен из высококачественного пластика. Его легко сложить - одно движение руки и он становится плоским, а следовательно занимает минимум места при хранении.</t>
+  </si>
+  <si>
+    <t>Многоразовый тефлоновый лист для выпечки</t>
+  </si>
+  <si>
+    <t>Многоразовый тефлоновый лист для выпечки с антипригарным покрытием используется для приготовления любых продуктов (мяса, рыбы, овощей) в газовых и электрических духовках, микроволновых печах. Позволяет готовить без масла и жира, выдерживает температуру от -60 до +300 градусов.Коврик применяется в качестве подложки на противень, форму для выпечки или сковороду. Изделие можно использовать и для заморозки продуктов в морозильных камерах, а также для сушки грибов и ягод.</t>
+  </si>
+  <si>
+    <t>Силиkonовая форма для выпечки и запекания кондитерских изделий заметно облегчит процесс приготовления ваших самых любимых лакомств! Температурный диапазон для использования: от -40 до 230 градусов Цельсия. Вы без труда сможете извлечь выпечку, не повредив ее, а благодаря термостойкости имеете возможность не только выпекать в духовом шкафу, но и использовать для охлаждения или заморозки еды. Порадуйте своих родных и близких свежеиспеченным лакомством, используйте свою фантазию, а наша силиконовая круглая форма с радостью поможет воплотить идею в жизнь прямо на Вашей кухне. Наша силиконовая форма для выпечки является отличным помощником для приготовления большого количества блюд и лакомств на день рождения, день влюбленных, новый год и любой другой праздник. Не рекомендуется нагревать пустую форму в духовке.</t>
+  </si>
+  <si>
+    <t>Форма для выпечки Кольцо раздвижное</t>
+  </si>
+  <si>
+    <t>Активный порошок с ферментами и кислородом для стирки</t>
+  </si>
+  <si>
+    <t>Порошок с ферментами и активным кислородом предназначен для бережной и эффективной стирки. Удаляет стойкие загрязнения, осветляет ткань и сохраняет яркость цветов. Подходит для белого и цветного белья. Идеален для ежедневного использования в машинной и ручной стирке. Подходит для тканей из хлопка, льна, синтетики и их смесей. Безопасен для чувствительной кожи и детской одежды. Обладает мягкой формулой без хлора и агрессивных компонентов. В комплекте мерная ложка</t>
+  </si>
+  <si>
+    <t>Универсальный пенный очиститель</t>
+  </si>
+  <si>
+    <t>Универсальный пенный очиститель — это эффективное средство для уборки дома и автомобиля, способное заменить множество моющих средств. Он идеально подходит для очистки салона автомобиля, обивки мебели и различных поверхностей, включая ткани, пластик, керамику и даже белую обувь. С помощью этого спрея вы легко вернете свежесть и белизну белым кроссовкам. Активная пена глубоко проникает в загрязнения, устраняя стойкие пятна и нейтрализуя неприятные запахи, включая запахи домашних животных. Средство удобно в использовании и подходит для применения с автомобильным пылесосом и тряпкой, что делает его универсальным помощником в уходе за салоном автомобиля, текстилем, ковровыми покрытиями и даже потолком</t>
+  </si>
+  <si>
+    <t>Мешок для стирки обуви - удобный и практичный защитная функция от разрывов и катышек вашей спортивной одежды и беговых кроссовок, туфли, кеды, тапочки из деликатных тканей при отжиме и сушке. Он идеален для хранения белых и цветных вещей - нижнего белья, бюстгальтеров, трусов трусиков купальника носков носок штор занавесок постельного и защищает их и сохранит форму. С ним легко загрузите и выгрузите большие предметы из стиральной машины. Его можно взять с собой в путешествие или использовать для перевозки грязного. Он не полиняет, не деформируется и прослужит вам долгие годы.</t>
+  </si>
+  <si>
+    <t>Органайзер для пакетов и бахил</t>
+  </si>
+  <si>
+    <t>Органайзер для хранения пакетов и бахил. Удобная и практичная деталь в интерьере каждой хозяйки. Наш органайзер подойдет для хранения пакетов, бахил и прочей мелочи, которая мешается под рукой на кухне, а также в ванной комнате. Теперь проблема с постоянно разбросанными пакетами будет решена раз и навсегда. Наш компактный держатель для пакетов сэкономит место, а также поддержит чистоту в Вашем доме. Подвесной органайзер для хранения вещей сэкономит место. Настенный органайзер подойдет для бахил и прочей мелочи.</t>
+  </si>
+  <si>
+    <t>Крючок вешалка для сумок автомобильная</t>
+  </si>
+  <si>
+    <t>Держатель крючок в авто универсальное решение организации пространства в салоне! Вешалка в машину многофункциональна - спрячьте многочисленные пакеты с покупками и игрушки, уберите зонтик и пристройте сумку! Крючки на подголовник автомобиля устанавливаются в одно движение без снятия подголовника, подходят для любых марок авто, крепится на передний и задний ряд кресел, с поворотом в обе стороны. Крепление в авто изготовлено из прочного пластика - выдержит тяжелые сумки! А яркий дизайн добавит красок и создаст настроение. Подойдет и как вешалка на спинку сиденья для одежды, мелких аксессуаров. Идеален как крепление подставка для сумок. Используйте крючки как органайзер в багажник, в котором всегда найдутся масса нужных мелочей. Органайзер на подголовник сидения экономит место в салоне, легко крепиться, выдерживает вес до 15 кг. Попробуйте автомобильный держатель и вы забудете о бардаке в салоне авто!</t>
+  </si>
+  <si>
+    <t>Универсальный держатель будет незаменим в вашем доме. Держатель для губки многофункционален в применении. Тряпка для кухни и щетка для посуды, наконец смогут обрести свое постоянное место. Кухонный кран станет свободен от тряпочек и губок и перестанет лишний раз ржаветь и собирать известковый налет. В ванной комнате может использоваться как держатель для полотенец, держатель для мочалок и банных принадлежностей. Крючок для ванной самоклеящийся изготовлен из высококачественной нержавеющей стали. Держатель кухонный легко установить на любую ровную гладкую поверхность: раковину, стену в ванной или на кухне или на дверцу шкафа. При этом ничего не нужно будет сверлить: подставка держатель крепится на мощный двусторонний скотч. Держатель для губки в раковину способствует быстрой сушке губки для мытья посуды и поможет организовать кухонное пространство. Губка удобно размещена на нем или используйте как настенный крючок для полотенец для ванной пакетов для мусора.</t>
+  </si>
+  <si>
+    <t>Держатель для полотенец настенный 15см</t>
+  </si>
+  <si>
+    <t>Самоклеящийся держатель для бумажных полотенец и салфеток для уборки - отличный инструмент для семьи, идеально подходит для кухни, ванной или спальни, экономит место и придает больше удобства вашей повседневной жизни. Идеально подходит для холодильников, шкафа, плитки и так далее. Может выступать в роли вешалки для полотенец, для тряпки, как подвесной держатель пакетов, рулонов плёнки и фольги. В целом - это универсальный органайзер для кухни и ванной комнаты, а так же держатель для туалетной бумаги. Ненавязчивый и верный помошник на каждой кухне и в ванной, оснащён самоклеющимся креплением. Изготовлен из пластика высокого качества, нетоксичный и безвредный, прочный и долговечный в использовании.</t>
+  </si>
+  <si>
+    <t>Держатель для полотенец настенный 28см</t>
+  </si>
+  <si>
+    <t>Органайзер навесной</t>
+  </si>
+  <si>
+    <t>Мягкий навесной органайзер - ваш маленький помощник в наведении порядка в любом уголке вашего дома. Идеально походит для хранения пакетов на дверце. Теперь они не будут занимать место в ящике, а будут аккуратно храниться с обратной стороны любого шкафа. Отлично подходит для хранения небольших предметов одежды - носков, шарфов, перчаток и шапок. В прихожей контейнер может пригодиться для зонтиков и дождевиков. Может быть хорошим решением для расположения губки и средств для обуви. В нем так же удобно хранить поводок для собаки или аксессуары вашего питомца. В детской комнате будет полезен для размещения пеленок, небольших игрушек, нательного белья.</t>
+  </si>
+  <si>
+    <t>Защита от детей блокиратор детский дверей, ящиков, шкафов купе, окон духовки защитный замок</t>
+  </si>
+  <si>
+    <t>Блокиратор дверей и ящиков - универсальный замок для защиты от детей, предназначен для детской безопасности. Основное назначение блокиратора - блокировка любых видов мебели, холодильника, микроволновой печи, стиральной машины, духового шкафа, унитаза и т.д. Блокиратор устанавливается легко и просто без дополнительных инструментов. Основание блокиратора дверей и ящиков состоит из прочного клеевого слоя 3М, который обеспечивает надежное крепление, при этом блокиратор легко снять без повреждения поверхности. За счет эластичности материала ремешок блокиратора облегает углы и неровности, поэтому его легко использовать для любого прибора и поверхности. Перед тем, как устанавливать замки от детей на поверхность, ее необходимо обезжирить. Блокиратор не имеет запаха, абсолютно безопасен для детей и домашних животных</t>
+  </si>
+  <si>
+    <t>Благодаря современным технологиям, паяльный карандаш не требует сложного оборудования и идеально подходит для ремонта в домашних условиях, мастерских, а также для работы в полевых условиях. Эта холодная сварка для металла термостойкая удобна в использовании и не требует источника питания - просто используйте его с сварочными прутками, и вы сможете быстро и эффективно соединять детали.</t>
+  </si>
+  <si>
+    <t>ПЛАСТЫРЬ ПРОТИВ ВАРИКОЗА</t>
+  </si>
+  <si>
+    <t>Пластырь против варикозa изготовлен из натуральной кожи, что обеспечивает его мягкость и комфорт при ношении. Он разработан для облегчения симптомов варикозного расширения вен, таких как тяжесть, усталость и отечность ног. Пластырь легко накладывается на кожу и плотно фиксируется, не сковывая движений. Благодаря своей натуральной основе, он позволяет коже дышать, предотвращая раздражение и потливость. Пластырь можно использовать в течение дня, снимая его перед сном. Он станет вашим верным помощником в борьбе с дискомфортом, связанным с варикозным расширением вен. Пластырь от варикозного расширения вен - это эффективное средство для борьбы с венозными заболеваниями. Благодаря уникальной формуле, разработанной на основе растительных компонентов, этот пластырь помогает предотвратить развитие варикоза, тромбоза и васкулита. Основное действие пластыря направлено на рассеивание застоя крови в венах, улучшение их тонуса и укрепление сосудистой стенки. При регулярном использовании пластыря можно заметить значительное улучшение состояния вен, уменьшение отеков и болезненных ощущений. Этот пластырь также эффективен в борьбе с венозной недостаточностью, устраняя симптомы усталости и тяжести в ногах. Каждая упаковка содержит 10 штук пластырей, которые легко и удобно наносятся на кожу.</t>
+  </si>
+  <si>
+    <t>Антивибрационная подставка для машинки и холодильник</t>
+  </si>
+  <si>
+    <t>Обеспечьте стабильную работу вашей стиральной машины и холодильника с помощью нашего набора антивибрационных подставок. В комплект входят четыре прочных и надежных подставки, специально разработанных для уменьшения вибраций и шума во время эксплуатации техники. Эти подставки легко устанавливаются и отлично подходят для различных моделей бытовой техники, способствуя продлению срока службы устройств и повышая комфорт в вашем доме. Они обеспечивают устойчивость и защиту от скольжения, а также помогают снизить нагрузку на пол и снизить уровень шума. Идеальный выбор для тех, кто ценит тишину и долговечность своей бытовой техники.</t>
+  </si>
+  <si>
+    <t>Коврик для сушки посуды для кухни впитывающий резиновый. Организуйте порядок на кухне с помощью экологичного и антибактериального коврика для сушки посуды. Забудьте об известковых разводах, мокрой столешнице и полотенцах! Универсальный настольный коврик гигиеничен, сушилка для посуды не впитывает грязь и запахи. Кухонный коврик безопасен для здоровья, легко моется.</t>
+  </si>
+  <si>
+    <t>Наборы вилок, ложек и чайных ложек из нержавеющей стали, удобные и практичные столовые приборы, станут стильным украшением праздничного стола.</t>
+  </si>
+  <si>
+    <t>Наборы вилок, ложек и чайных ложек из нержавеющей стали, удобные и практичные столовые приборы, станут стильным украшением праздничного стола</t>
+  </si>
+  <si>
+    <t>В наборе входят: Вилки (20см) – 6 шт, Ложки (18,5см) – 6 шт, Чайные большие (14см) –6 шт, Чайные маленькие (11см) –  6шт. Изготовлен из нержавеющей стали высшей пробы 18/10, не окисляется, не вступает в химическую реакцию со щелочами, солями и кислотами.</t>
+  </si>
+  <si>
+    <t>Пакеты для вакууматора рифлёные в рулонах шириной 12см, 15см, 17см, 20см, 22см, 25см и длиной 5 м.  Структура пленка для вакууматора обеспечивает её повышенную прочность, непроницаемость для кислорода и устойчивость к низким температурам до -50 градусов. Плёнка предназначена для вакуумирования в бескамерных вакуумных упаковщиках различной продукции дома, а также в небольших магазинах и ресторанах. Плёнка пригодна для замораживания продуктов и хранения.</t>
+  </si>
+  <si>
+    <t>Держатель для полотенца</t>
+  </si>
+  <si>
+    <t>Держатель для полотенца матовый чёрный Размер: 55-59</t>
+  </si>
+  <si>
+    <t>Мыльница подвесная</t>
+  </si>
+  <si>
+    <t>Мыльница настенная изготовлена из высококачественной нержавеющей стали, при постоянном контакте с водой она не окислится и не заржавеет. Мыльница подвесная имеет классический дизайн и подойдёт под любой интерьер. Мыльницу из нержавеющей стали на липучке можно прикрепить на стену, на кухню, на раковину для хранения мыла, губок или мочалок. Кухонный органайзер легко монтируется к стене без сверления. Особый экологичный клей не портит стены и надежно крепит подставку к поверхности. Держатель можно установить на любую поверхность, на кафель, дверцу или нижнюю часть шкафа. Подставка будет удобна при мытье посуды и рук. Кухонные принадлежности можно с легкостью хранить в данной мыльнице, так как имеет достаточные размеры. Органайзер для ванны позволяет вместить мочалку и мыло. Держатель очень прост и удобен в использовании, подходит для фигурного мыла самого большого размера. Настенная мыльница будет идеальным подарком маме, девушке, подруге, на новый год, день рождения или 8 марта.</t>
+  </si>
+  <si>
+    <t>Кондитерский мешок кулинарный 100 шт</t>
+  </si>
+  <si>
+    <t>Кулинарный мешок универсальный поможет сделать ваши кондитерские изделия и выпечку красивой и уникальной. Набор кондитерских мешков в упаковке - 100 шт., толщина мешка 55 мкм, что говорит о прочности. Изделие можно применять, как кондитерский мешок для эклеров и зефира, пасхального декора. Кулинарные мешки можно использовать с насадками и без, переходник не требуется. Поместите насадку в мешочек отметьте на какой высоте отрезать носик мешка так, чтобы насадка не выпала и носик не мешал работать (ориентировочно по средней части насадки) и наслаждайтесь процессом. Пакеты кондитерские одноразовые подходят для украшения торта, для декорирования выпечки и десертов, и прочих кондитерских изделий. Кулинарный мешок подходит для теста и крема для кексов, вы сможете красиво украсить любой бисквит. Это отличный подарок для женщины, которая увлекается выпечкой или подарок для кондитера. Ведь такие мешки ему просто необходимы для декорирования торта, выпечки, десертов.</t>
+  </si>
+  <si>
+    <t>Для быстрой качественной и простой чистки металлической и тефлоновой поверхностей! Ластик для чистки поверхности утюга. Для чистки не нужны дополнительные средства бытовой химии. Ластик подходит не только для утюгов, но и для электроплит и других изделий из металла, которые нагреваются в процессе эксплуатации. Процесс чистки займет 2-3 минуты, а результат вас приятно удивит! Технические характеристики Материал: TPR (термопластичный каучук). Размеры: 7 х 2,5 х 1 см.</t>
+  </si>
+  <si>
+    <t>Кондитерский набор</t>
+  </si>
+  <si>
+    <t>Отличный вариант для кондитеров в наборе 2 лопатки 3 насадки 1 мешок</t>
+  </si>
+  <si>
+    <t>Фильтр для волос в стиральной машине</t>
+  </si>
+  <si>
+    <t>Просто поместите эти плавучие мешки в вашу стиральную машину и наблюдайте, как они собирают мусор и ворс. Сеть достаточно большая, чтобы собрать много пушистой шерсти животных. Это отличное дополнение к ограниченным мешкам для волос небольших портативных стиральных машин.</t>
+  </si>
+  <si>
+    <t>Стельки самонагревающиеся зимние</t>
+  </si>
+  <si>
+    <t>Стельки с подогревом, держат ноги в тепле. Содержат железный порошок, активированный уголь, вермикулит, воду и соль. При открытии упаковки начинается химическая реакция с выделением тепла.</t>
+  </si>
+  <si>
+    <t>Аромо мини стельки для обуви от запахи</t>
+  </si>
+  <si>
+    <t>Аромо стельки мини с запахом лимона и мяты представляют собой небольшие вкладыши, которые предназначены для использования в обуви. Они обладают освежающим и приятным ароматом лимона и мяты, который помогает устранить неприятные запахи и обеспечить свежесть ногам. Стельки имеют миниатюрный размер, что обеспечивает удобство и точное соответствие обуви. Они легко вставляются внутрь обуви и не вызывают дискомфорта при ношении. Аромат лимона и мяты обладает освежающими и тонизирующими свойствами, помогает бороться с потоотделением и неприятными запахами. Стельки также обладают антибактериальными свойствами, что способствует сохранению гигиены и здоровья ног.</t>
+  </si>
+  <si>
+    <t>Поводок рулетка для собак кошек мелких средних 3м</t>
+  </si>
+  <si>
+    <t>Поводок-рулетка для собак представляет собой пластиковый корпус, оснащенный ручкой и защелкой-фиксатором. Предназначен для прогулки с собаками или кошками мелких и средних пород. Длина поводка 5 метров. Нейлоновый поводок имеет корпус, который сделан из ударопрочного пластика. Преимущества рулетки очевидны. В отличие от обычного поводка она не запутывается и не волочится по земле, поэтому не нуждается в стирке. Устройство оснащено удобной ручкой, которую легко держать одной рукой. Ручка поводка имеет анатомическую форму и не дает скользить руке, также не создает неудобства даже при длительных прогулках с домашнем питомцем. Рулетка для выгула животных оснащена тормозной системой. Фиксатор рулетки расположен удобно под палец, он регулирует подачу ленты и зажимает трос.</t>
+  </si>
+  <si>
+    <t>Поводок рулетка для собак кошек мелких средних 5м</t>
+  </si>
+  <si>
+    <t>Замазка оконная - однородная водостойкая пластичная масса для герметизации стыков и трещин. Замазка для окон без комочков легко наносится, перед использованием необходимо размять руками как пластилин. Подходит для наружных и внутренних работ. Средство для герметизации окон не высыхает, не растрескивается, сохраняет рабочие свойства при температуре от -40 до +50. Средство для утепления балконов и лоджий можно использовать повторно после открытия, обработанные составом поверхности можно окрашивать.</t>
+  </si>
+  <si>
+    <t>Набор мерной посуды, состоящий из 10 предметов, включая мерную ложку и мерный стакан, предназначенный для точного измерения ингредиентов при приготовлении пищи.</t>
+  </si>
+  <si>
+    <t>Органайзер для белья. 4в1</t>
+  </si>
+  <si>
+    <t>Универсальный и стильный набор для хранения - идеальная экономия места в Вашем доме. Этот набор включает 4 универсальных ящика. С секционными органайзерами нижнее бельё, носки, галстуки, колготки и аксессуары, детская косметика, детские вещи, вещи для малышей отсортированы и легко доступны в любое время. Вы можете легко поставить органайзер в гостиной, спальне, прихожей, на любую выдвижную полку. Поэтому такой органайзер удобнее, чем подвесной. Мягкие органайзеры гораздо экологичнее пластиковых органайзеров для хранения вещей или пластиковых контейнеров. Элегантные и практичные корзины-органайзеры подчеркнут любое пространство и сделают хранение стильным.</t>
+  </si>
+  <si>
+    <t>Мешок для стирки бюстгальтеров и белья</t>
+  </si>
+  <si>
+    <t>Мешок для стирки бюстгальтеров на молнии из трёхслойной крупной сетки. Мешочек сшит из синтетических тканей (легкие, прочные, долговечные, не поддаются механическим повреждениям и растяжке). Такие ткани устойчивы к влаге, химикатам моющих средств, загрязнениям. За материалом просто ухаживать. Они легко стираются, не линяют, быстро высыхают, на них не воздействует плесень.</t>
+  </si>
+  <si>
+    <t>Распродажа</t>
+  </si>
+  <si>
+    <t>ЗУБНАЯ ЩЁТКА ДЕТСКАЯ</t>
+  </si>
+  <si>
+    <t>Детская зубная щетка Эргономичный дизайн Уход за зубами ПП Ручка Детская ручная зубная щетка для чистки рта для чистки зубов</t>
+  </si>
+  <si>
+    <t>Электрическая Машинка</t>
+  </si>
+  <si>
+    <t>машина для очистки винограда из нержавеющей стали, кухонная овощечистка, высокоскоростной инструмент для удаления кожи с фруктами</t>
+  </si>
+  <si>
+    <t>Дуршлаг сито для круп и ягод</t>
+  </si>
+  <si>
+    <t>Рисомойка сито для риса незаменимый кухонный инвентарь для мытья риса и круп. Дуршлак изготовлен из пищевого пластика. Китчен посуда создана специально для промывания риса, гречки, зелени под струёй воды, не нужно постоянно перемешивать рис по он промывается. Промывка происходит благодаря уникальному дизайну мойка для круп с крышкой с круглым дном и продуманной конструкции крышки.я чему весь рис постоянно перемешивается, а лишняя вода моментально сливается через отверстия в крышке, внутри есть специальное сито для риса, из-за которого вся крупа останется в дршлаге и ни одного риса не проскочит в раковину.</t>
+  </si>
+  <si>
+    <t>Силиконовые крышки</t>
+  </si>
+  <si>
+    <t>Силиконовые крышки они предназначены для удобного хранения продуктов в холодильнике, используя различные емкости, любой формы: чашки, миски, салатники любой формы, лотки круглые и квадратные или прямоугольные, кувшины, банки и кастрюли. Крышки могут увеличиваться в своём диаметре до трёх раз больше, и плотно облегать любую посуды, тем самым, даже если вы наклоните графин с компотом или соком, его содержимое не просочится через крышку. Крышки можно мыть как вручную, так и в посудомоечной машинке. Крышки герметичны, не смешиваются запахи в холодильнике. Подходят для разогревания пищи в микроволновке. Набор крышек прослужит вам долгое время, ведь их можно использовать многократно. Набор из 6 крышек: 7см,10 см,12 см,15 см,17 см,20 см.</t>
+  </si>
+  <si>
+    <t>Коврик для ванной</t>
+  </si>
+  <si>
+    <t>Быстросохнущий и нескользящий коврик, выполнен из нескользящего материала. Материал коврика - натуральная и инновационная наппа кожа. Она приятная на ощупь, гладкая, сохраняет свои свойства на длительное время. Данный коврик для ванны выполнен из нескользящего материала, который позволит вам и вашим детям быть в полной безопасности и испытывать комфорт при каждом его применении. Она приятная на ощупь, гладкая, сохраняет свои свойства на длительное времени. Коврик легко чистить и мыть - можно проводить по нему мягкой щеткой с небольшим количеством моющего средства.</t>
+  </si>
+  <si>
+    <t>Набор кастрюль 13 предметов для дома и семьи</t>
+  </si>
+  <si>
+    <t>Набор посуды с антипригарным покрытием из 12 предметов, сковорода для жарки во фритюре с крышкой, горшок для молока Maifan, каменная сковорода, штабелируемая кастрюля, набор кастрюль для всех типов плит. Особенности: универсальный набор кастрюль, легкое антипригарное покрытие, высококачественный материал с быстрой теплопроводностью, улучшенный удобный дизайн, окончательная совместимость.</t>
+  </si>
+  <si>
+    <t>Винные столики пользуются популярностью среди любителей эстетичной и многофункциональной посуды. Деревянные менажницы на ножках можно использовать как дома, так и брать с собой на пикник в парк или загород. На поверхности тарелки есть специальные отверстия-держатели под бокалы и бутылку вина. Винница выполнена из цельноламельного массива бука и обработана натуральным минеральным маслом, которое защищает от влаги и микробов.</t>
+  </si>
+  <si>
+    <t>Менажница деревянная из березы. 25см.</t>
+  </si>
+  <si>
+    <t>Овощерезка для картофеля фри</t>
+  </si>
+  <si>
+    <t>Вы решили быстро приготовить салат, тогда вам поможет наша ручная овощерезка. Вам нужно приготовить картошку фри и нарезать ровные сломки картофеля? Овощерезка справится с этой задачей, и вы получите идеальный картофель фри. Картофелерезка, которой нарезка овощей превратится в простой и увлекательный процесс. Как пользоваться: поставьте на стол изделие, поместите картофель на лезвия и надавите сверху крышкой. Измельчитель станет идеальным инструментом для приготовления фри, украшения салатов, нарезки овощей, закусок и горячих блюд. Картофелерезка ручная поможет Вам нарезать картофель, морковь или другие овощи аккуратной соломкой. Корпус изготовлен из пластмассы (полипропилена), рабочая часть из нержавеющей стали - не затупляется и служат долго. Измельчитель, нож является гипоалергенным, экологически чистым. Кроме того овощерезка, во время работы измельчитель для нарезки картофеля надежно защищает руки от порезов. С ножом для картофеля нарезка овощей превратится в простой и увлекательный процесс. Овощерезка предназначена для быстрого измельчения как сырых, так и отварных овощей, фруктов. За приспособление для нарезки картофеля легко ухаживать, после использования промойте под проточной водой, предварительно почистив щеткой. Набор состоит из двух составляющих, которые не сложно соединить друг с другом и тут же начать пользоваться. Вы с легкостью порежете яблоко и вообще любой другой фрукт для своего ребенка. Многофункциональный измельчитель легко разобрать и промыть. Сделайте приятный и практичный подарок для дома своей женщине, проявив заботу за ее руками.</t>
+  </si>
+  <si>
+    <t>Данный продукт может служить полезным, лаконичным и аккуратным аксессуаром вашего дома. В банках можно хранить все сыпучие продукты, конфеты, специи и т.д. Изделие подходит под подарок на любой празник и для любого пола. Товар выполнен из боросиликатного стекла, что позволяет ему выдерживать высокую температуру и не лопаться при высокой температуре,а также, при разбитии говорит о безопасности, ведь данное стекло не ломается большими и колкими кусками. Благодаря прозрачности, мы можем видеть содержимое находящееся внутри. Бамбуковая крышка обладает антибактериальными свойствами. Набор стеклянных банок может стильно организовать ваше пространство. Прозрачный стеклянный корпус и бамбуковая крышка дополняют друг друга, этот набор стеклянных банок является не только прекрасным органайзером,но и прекрасным украшением для вашего дома и жизни.</t>
+  </si>
+  <si>
+    <t>Стеклянных баночек</t>
+  </si>
+  <si>
+    <t>Емкости треугольной формы подойдут для кофе, чая, специй, снеков, круп, орехов, сахара. Баночки для хранения сделаны из прочного и долговечного боросиликатного стекла; крышки из натурального бамбука. Благодаря силиконовому кольцу - крышки прочно прилегают к банке. Стеклянные емкости прекрасно впишутся в интерьер любой кухни, потому что имеют нейтральный цвет( прозрачность баночек облегчает поиск нужных вам продуктов); и конечно, емкости для хранения станут отличным подарком для каждой хозяйки.</t>
+  </si>
+  <si>
+    <t>Подарите своему любимому человеку незабываемые эмоции с кружкой, которая объединяет романтику, стиль и функциональность. Этот светящийся аксессуар станет настоящей изюминкой вашего праздника или уютного вечера дома. Просто добавьте воды — и разноцветная подсветка мгновенно создаст атмосферу уюта, превращая обычное использование в магический ритуал. Эта кружка-хамелеон с необычной формой сердечка идеально подходит для праздничных дней, будь то День святого Валентина 14 февраля или другой особенный момент в году. Яркие переливы света делают ее особенно красивой и эстетичной, а ее уникальный дизайн будет радовать глаз под любым углом зрения. Идеальный подарок для любимых: девушки, жены, подруги или даже сестры оценят такое внимание. Также это отличный вариант для тех, кто ищет что-то оригинальное к семейным праздникам или романтическим ужинам. Радужный эффект подсветки кружки превращает каждое использование в настоящее украшение любого стола. Кружка обладает удобной ручкой и не подходит для горячих напитков, таких как чай или кофе. Она отлично впишется в любую обстановку — от классического до современного интерьера.</t>
+  </si>
+  <si>
+    <t>Умная корейская салфетка для уборки, тряпка для кухни</t>
+  </si>
+  <si>
+    <t>Умные корейские чудо тряпки для уборки без разводов. Набор из 1шт волшебных салфеток в оригинальной упаковке для уборки. Увеличенный размер размер 17×25 см и плотность и обеспечивают эффективное удаление грязи, пыли и жира без разводов, пятен и ворса. Преимущества: Универсальное применение: кухня, ванная, окна, зеркала, техника, автомобиль Отлично впитывают воду и моющие средства Антибактериальный эффект, не сохраняют запахи Мягкий материал не оставляет царапин Износостойкие, выдерживают многократную стирку Идеально подходят для: Мытья окон и зеркал без разводов Уборки кухонных поверхностей и бытовой техники Чистки салона автомобиля Ухода за экранами телевизоров и мониторов Комплектация: 1шт салфетки из микрофибры в оригинальной упаковке. Практичный подарок для хозяйки, мамы или подруги. Подходят для дома, офиса, салонов красоты и клининговых компаний.</t>
+  </si>
+  <si>
+    <t>СВЕТОДИОДНАЯ СУШИЛКА ДЛЯ НОГТЕЙ И ЭЛЕКТРИЧЕСКИЙ МАНИКЮРНЫЙ НАБОР С ПЯТЬЮ НАСАДКАМИ. Наша лампа для отверждения ногтей, работающая от USB, равномерно сушит все виды лака для ногтей прямо у вас дома. Удобный светодиодный дисплей у лампы отсчитывает время с трех различных настроек таймера: 30, 60 или 90 секунд. ЭЛЕКТРИЧЕСКАЯ ПИЛОЧКА ДЛЯ ДОМАШНЕГО МАНИКЮРА Регулируемые режимы и пять сменных насадок помогают ухаживать за кутикулой, а также подпиливать, полировать, придавать форму и разглаживать натуральные ногти, ногти с гелем и ногти с акрилом</t>
+  </si>
+  <si>
+    <t>Этот легкий, но в то же время мощный капучинатор отлично подойдет для взбивания сливок, молока, кофе, матчи, яиц, различных коктейлей, салатных заправок, легкого теста и даже альгинатных масок. В комплект входят две насадки: спираль и венчик. Спиралью вы быстро и легко создадите крепкую пенку на любимом напитке. Вставив насадку с венчиком, вы получаете мини-миксер, которым вы быстро взобьете, например, яичницу или легкое тесто для блинчиков. Готовьте по утрам быстрый и вкусный завтрак без лишней посуды и техники. У капучинатора есть 3 режима с разными скоростями. Выбирайте исходя из объема посуды и продуктов, с которыми собираетесь работать. Минимальный режим подойдет для бокалов с напитками, максимальный для взбивания легкого теста или яичницы. Капучинатор легко и быстро моется. Достаточно сполоснуть насадку теплой водой с мыльным раствором и поставить обтекать. Заряжается от usb-шнура, который входит в комплект. Заряда хватает на несколько недель ежедневного использования.</t>
+  </si>
+  <si>
+    <t>Если у Вас маленькая кухня, наш органайзер /подставка / сушилка для столовых приборов станет отличным решением для экономии пространства Вашей кухни. Он не только сэкономит пространство, но и подчеркнет стиль Вашего интерьера. Органайзер выполнен из высококачественной нержавеющей стали и АВС - пластика. Органайзер полностью разборный, что позволяет с лёгкостью его очистить от загрязнений. Все приборы будут находиться на своём месте, так как органайзер оснащен перегородками разделяющими его на секции. На дне имеются отверстия, что позволяет воде стекать и не задерживаться. Порядок на кухне guaranteрован!</t>
+  </si>
+  <si>
+    <t>Бандаж для лица косметический лифтинг маска для подбородка</t>
+  </si>
+  <si>
+    <t>Маска бандаж для лица создаёт легкое натяжение кожи, тем самым расслабляет мышечные волокна. Благодаря своей форме, она с точностью повторяет изгибы лица, что создаёт лимфоотток и убирает отечность. Улучшается тонус мышц, помогает в устранении возрастной деформации овала лица, разглаживает морщины в области щек, подбородка и шеи, убирает второй подбородок. Усиливает действие косметических средств и улучшает проникновение уходовых компонентов в более глубокие слои дермы. Маску бандаж рекомендуется носить в течение 30-120 минут, эффективность заметна уже после первого применения. Маска бандаж не содержит лекарственных и других действующих компонентов. Является отличным подарком для жены, сестры, дочки, маме и подруге.</t>
+  </si>
+  <si>
+    <t>Проектор Bluetooth-колонка звездное небо</t>
+  </si>
+  <si>
+    <t>Проектор, Bluetooth-колонка, звездное небо</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок</t>
+  </si>
+  <si>
+    <t>Набор кондитерских насадок имеют различное сечение. С этими кондитерскими насадками для мешка можно создать кремовую розу, интересный узор или лепесток, который отлично украсит торт, пирожное или сладкий пирог! Кондитерские насадки сделаны из нержавеющей стали, они не темнеют, не окисляют крем, не впитывают запахи и легко отмываются обычной водой. В наборе есть адаптер для насадок, который так же подойдёт к любому кондитерскому мешку. В наборе 11 насадок (все отличаются узором)</t>
+  </si>
+  <si>
+    <t>Светодиодный фонарик COB на батарейках</t>
+  </si>
+  <si>
+    <t>Головной фонарь с 3 режимами работы, портативный налобный фонарь для кемпинга. Основной материал: Светильник изготовлен из высококачественного и прочного АБС-пластика, который весит светильник; Шестерня освещения: Главный светильник питается от 3 батареек AAA, и 3 шестерни регулируются, а именно сильный светильник, низкий светильник и вспышка.</t>
+  </si>
+  <si>
+    <t>Светоотражающие наклейки для колес авто</t>
+  </si>
+  <si>
+    <t>Светоотражающие наклейки на обод колесного диска, катафоты велосипедные, светоотражающая лента, наклейка для колес велосипеда 20 штук - это стильный яркий автоаксессуар. Светоотражающие наклейки для колес- эта светящаяся в темноте наклейка, которая обеспечит Вашу безопасность, что просто необходимо в темное время суток. Это пленка имеющая рефлективный эффект. Свет фар, лучи света уходящего солнца, свет фонарей и любое другое освещение- попадая на поверхность светоотражающей пленки отражается большим свечением, за счет чего обод колеса светится и делает Вас и Ваше транспортное средство заметным в дорожном движении. Подобные наклейки никогда не помешают велосипеду и его хозяину, ведь они помогут двигаться более безопасно и предотвратить любую аварийную ситуацию. А тем более rất пригодятся мамочкам с колясками, ведь здоровье и безопасность малыша и себя- превыше всего.</t>
+  </si>
+  <si>
+    <t>Набор посуды с антипригарным покрытием из 13 предметов, сковорода для жарки во фритюре с крышкой, горшок для молока Maifan, каменная сковорода, штабелируемая кастрюля, набор кастрюль для всех типов плит</t>
+  </si>
+  <si>
+    <t>Миска складная Силиконовый таз</t>
+  </si>
+  <si>
+    <t>Порошок для стирки в форме листа, который берет на себя все хлопоты по стирке вашего белья. Просто добавьте несколько пластин в стиральную машину или ведро с водой при ручной стирке, и ваше белье будет стираться с максимальной эффективностью.</t>
+  </si>
+  <si>
+    <t>Спрей-пенка депилятор для безболезненного удаления волос, мусс для депиляции Detvfo,150 мл</t>
+  </si>
+  <si>
+    <t>Спрей для депиляции от NOOVEEN - это эффективное средство для удаления ненужных волос на теле. Его действие заключается в следующем: устраняет волосы c корней, замедляет рост новых волос, делает кожу эластичной, кожа становится упругой, снимает раздражение.</t>
+  </si>
+  <si>
+    <t>Форма для льда пластиковая куб</t>
+  </si>
+  <si>
+    <t>Форма для льда изготовлена из безопасного пищевого пластика. Данная форма для льда позволит быстро, качественно, комфортно извлекать кубики льда. Основание формы - пищевой пластик, материал качественный, крепкий и безопасный для применения, не впитывает запахи. В нашей пластиковой формочке для льда вы сможете замораживать любую жидкость или продукты: воду, сок, мороженое, фруктовый лед, шоколад, фрукты, желе, пюре, травы в масле и многое другое. Используется для изготовления различных напитков, десертов, заготовок на зиму. Вы сможете без брызг, проливаний заполнить форму, хранить в холодильнике. Форма имеет 14 ячеек: размер 3 х 4,5см. Ячейки объемом 20 мл, итого общий объем формы 300 мл. Емкость для льда моется вручную и в посудомойке. Чтобы кубики вылетали быстрее, после заморозки подставьте форму дном вверх, под горячую воду на несколько секунд.</t>
+  </si>
+  <si>
+    <t>Набор кондитерский 80 предметов</t>
+  </si>
+  <si>
+    <t>Вашему вниманию представляется уникальный кондитерский набор, включающий в себя все необходимые инструменты для создания великолепных тортов и десертов. С этим набором вы сможете раскрыть свой творческий потенциал и воплотить в жизнь самые смелые идеи. Он включает в себя все необходимое, чтобы стать настоящим мастером кондитерского искусства. Вы сможете создавать невероятно вкусные и красивые десерты, которые будут вызывать восторг у всех, кто их увидит и попробует. Наш набор разработан с любовью к деталям и качеству. Все инструменты изготовлены из прочных и безопасных материалов, чтобы обеспечить вам комфорт и уверенность во время работы. Вы найдете в нем все необходимые приспособления для измерения, смешивания, формования и украшения ваших сладких шедевров. Опытные кондитеры и новички в искусстве выпечки найдут в нашем наборе все, что им нужно для воплощения своих идей в реальность. Вы сможете экспериментировать с различными формами, текстурами, цветами и вкусами, создавая десерты, которые будут выглядеть так же потрясающе, как их вкус. Воплотите свои сладкие мечты в жизнь с нашим набором для кондитера из 80 предметов и отправьтесь в увлекательное путешествие в мир кондитерского искусства. Будьте готовы поразить себя и окружающих великолепными десертами, которые станут настоящим украшением любого стола.</t>
+  </si>
+  <si>
+    <t>Набор кондитерский 58 предметов</t>
+  </si>
+  <si>
+    <t>Светильник-проектор</t>
+  </si>
+  <si>
+    <t>Светильник-проектор создаст уютную и волшебную атмосферу в вашем доме. Особенности: Несколько режимов отображения: Поддержка управления подсветкой фильма и боковой звездной подсветкой. Создает успокаивающую среду для сна. Вращение звезды с функцией временного отключения. HD Galaxy Проектор: Обновленная HD проекция с регулировкой фокусного расстояния. Поддержка расстояния проекции до 3м и площади проекции 40м. Идеально подходит для декорации комнат. Простота использования: Всего 3 шага для визуального опыта планетария: вставить пленку, включить переключатель, отрегулировать фокусное расстояние. Регулировка яркости. Интересное ручное переключение пленки способствует интеллектуальному развитию детей. Отличный подарок для детей: Изготовлен из высококачественных материалов ABS. Принцип визуализации пленки безвреден для глаз ребенка. Вдохновляет любопытство и воображение детей.</t>
+  </si>
+  <si>
+    <t>формочки для пельменей</t>
+  </si>
+  <si>
+    <t>Простота использования: достаточно сложить и надавить, чтобы получить идеальные пельмени с аккуратными краями. Высококачественный материал: изготовлена из прочного пищевого пластика PP, устойчивого к износу и ржавчине, легко моется. Профессиональный дизайн: удобная ручка и эффективное запечатывание пельменей, можно смочить края для лучшего результата. Многофункциональность: подходит для приготовления пельменей, равиоли, булочек и др., делая кухню эффективной и приятной.</t>
+  </si>
+  <si>
+    <t>Складная силиконовая миска для домашних животных</t>
+  </si>
+  <si>
+    <t>удобный и компактный аксессуар для кормления или поения вашего любимца, двойная миска из безопасного пищевого силикона легко складывается и подходит как для воды, так и для корма</t>
+  </si>
+  <si>
+    <t>Наша двойная миска из безопасного пищевого силикона легко складывается и подходит как для воды, так и для корма. Ее преимущества не оставят вас равнодушными: Легкий и прочный материал обеспечивает долгий срок службы. Удобный карабин позволяет прикрепить миску к рюкзаку или поводку для максимального удобства. Быстрая и простая чистка — просто промойте водой и она готова к использованию.</t>
+  </si>
+  <si>
+    <t>Банки для сыпучих продуктов. Товар выполнен из боросиликатного стекла, что позволяет ему выдерживать высокую температуру и не лопаться при высокой температуре. Бамбуковая крышка обладает антибактериальными свойствами.</t>
+  </si>
+  <si>
+    <t>Отпугиватель грызунов избавит Ваш дом от надоедливых насекомых и прочих вредящих дому существ. Не влияет на работу других электроприборов, мобильных и беспроводных устройств. Действия прибора - издает волны ультразвука, животные и насекомые ощущают вибрацию в воздухе и покидают Ваш дом. Волны безопасны для человека. PEST-REJECT - Инновационный универсальный отпугиватель, который передает отпугивающие импульсы через электропроводку помещения, создавая из нее отпугивающую сеть.</t>
+  </si>
+  <si>
+    <t>Эластичная повязка-антихрап для поддержания подбородка</t>
+  </si>
+  <si>
+    <t>Эта повязка-антихрап - простое и удобное средство от храпа. Она надевается удерживает нижнюю челюсть на месте. Так повязка устраняет самую распространенную причину храпа - непроизвольное открытие рта во сне. Повязка состоит из очень эластичного материала, поэтому хорошо держит подбородок, не давит и не спадает. Благодаря плавному натяжению изделие подтягивает кожу подбородка. При этом она не раздражает ее, так как состоит из гипоаллергенного материала. С этой повязкой храп от открытия рта во сне станет менее интенсивным или исчезнет совсем. Кожа в области подбородка станет подтянутой, постепенно исчезнет 'второй подбородок'. повязку можно стирать вручную при температуре 40-50 градусов с использованием мягких моющих средств. После стирки ее нужно просушить при комнатной температуре вдали от обогревательных приборов и прямых солнечных лучей. Комплектация: 1 шт. Материал: неопрен, 3D-сетка, лента-липучка. Размер: универсальный.</t>
+  </si>
+  <si>
+    <t>Стельки с подогревом, держат ноги в тепле при помощи химической реакции, выделяющей тепло. Можно использовать для рыбалки, прогулок и других случаев, когда замерзают ноги.</t>
+  </si>
+  <si>
+    <t>Эта конструкция буквально необходима каждому человеку! Особенно тем, кто ведет малоподвижный образ жизни, а также периодически жалуется на боль и дискомфорт в области спины. Корректор осанки обеспечивает грамотную поддержку позвоночника в прямом положении, снимает напряжение, укрепляет мышцы плеч, устраняет сутулость и асимметрию. Улучшение осанки достигается растягивающимися ремнями корректора в форме петель которые одеваются на плечи. Их длина регулируется. Главное - вы можете носить корректор в любых условиях, поскольку он незаметен под одеждой и не сковывает движения. Материал: прочный гипоаллергенный неопрен.</t>
+  </si>
+  <si>
+    <t>Открывалка для бутылок</t>
+  </si>
+  <si>
+    <t>regoулируемый антискользящий консервный нож, легко скручивается</t>
+  </si>
+  <si>
+    <t>Просто поместите эти плавучие мешки в вашу стиральную машину и наблюдайте, как они собирают мусор и ворс. Сеть достаточно большая, чтобы собрать много пушистой шерсти животных. Это отличное дополнение к ограниченным мешкам для волос небольших портативных стиральных машин. Эффективно впитывает и собирает волосы, избегая другой одежды.</t>
+  </si>
+  <si>
+    <t>Обеспечьте стабильную работу вашей стиральной машины и холодильника с помощью нашего набора антивибрационных подствак. В комплект входят четыре прочных и надежных подставки, специально разработанных для уменьшения вибраций и шума во время эксплуатации техники.</t>
+  </si>
+  <si>
+    <t>Коврик для посуды</t>
+  </si>
+  <si>
+    <t>кружка Сердце</t>
+  </si>
+  <si>
+    <t>Подарите своему любимому человеку незабываемые эмоции с кружкой, которая объединяет романтику, стиль и функциональность. Этот светящийся аксессуар станет настоящей изюминкой вашего праздника или уютного вечера дома. Просто добавьте воды — и разноцветная подсветка мгновенно создаст атмосферу уюта, превращая обычное использование в магический ритуал.</t>
+  </si>
+  <si>
+    <t>Настенный держатель для мыла, поднос для мыла в ванной комнате</t>
+  </si>
+  <si>
+    <t>Сливная мыльница - хороший эффект слива. Прочный АБС-материал с длительным сроком службы. Нет следов пасты, нет необходимости прибивать мыльную полку и не повредить поверхность стены.</t>
+  </si>
+  <si>
+    <t>Палетка лопатка шпатель для выравнивания торта, кондитерских изделий</t>
+  </si>
+  <si>
+    <t>Яблокорезка это незаменимый кухонный аксессуар, который используется специально для быстрого и равномерного удаления сердцевины яблока. Нож для удаления сердцевины оставляет аккуратный вырез в форме цилиндра, который удобно заполнять начинкой для приготовления десертов. Специальный нож для удаления сердцевины фруктов поможет Вам извлечь центральную часть яблок, груш и других фруктов в считанные секунды. С этим приспособлением для удаления семечек из фруктов, Вы достанете несъедобные элементы из плода и сможете использовать фрукты для компота, варенья или приготовления других блюд. Длина яблокорезки 21 см.</t>
+  </si>
+  <si>
+    <t>Обложка для документов</t>
+  </si>
+  <si>
+    <t>Этот фиксатор полосы питания разработан специально для крепежна розетки, маршрутизатора, пульта дистанционного управления, коробку для салфеток, адаптер и многое другое, очень практично и удобно в вашей повседневной жизни. Без перфорации монтируется, самоклеящаяся конструкция, простая установка без инструментов или сверления. Сильная клейкая способность, она  клеится к стене прочно. Высокая несущая способность, максимальная несущая способность может достигать до 8 кг.</t>
+  </si>
+  <si>
+    <t>Вешалка для брюк раздвижная 34х18х17 см. 5 спиц. цвет чёрный. Раздвижная вешалка для брюк станет незаменимой в домашнем хозяйстве. Оцените преимущества изделия: оно не требует специального ухода и прослужит ровно столько, сколько понадобится; занимая совсем немного места, аксcessуар помогает организовать зону гардероба и освобождает пространство.</t>
+  </si>
+  <si>
+    <t>Держатель кухонный для губки</t>
+  </si>
+  <si>
+    <t>Новый шестигранный крюк, вращающийся на 360 градусов, поставляется с заплатой и может быть установлен без сверления. Дизайн простой, стильный, универсальный и несущий. После хранения на кухне он будет выглядеть совершенно новым. Его можно свободно поворачивать на 360 градусов, что удобно для вас, чтобы различать предметы и очень удобно носить с собой. Влагостойкость и Пыленепроницаемость, высокая несущая способность, может повесить тяжелые предметы во влажной среде, стабильно и не падает. Качественные настенные крючки улучшают декор. Украшение и хранение дома, практично и красиво. Живое сочетание цветов и изысканное мастерство из АБС-пластика слишком подходят для украшения дома.</t>
+  </si>
+  <si>
+    <t>Прозрачная подвесная зажимы для штанги</t>
+  </si>
+  <si>
+    <t>Очень креативный продукт, очень практичный. Можно нанизать стержень на передний и задний концы, чтобы можно было использовать его как подвеску, повесить полотенце и т. д. Нагрузка 5 кг, подходит для стержней диаметром менее 2 см.</t>
+  </si>
+  <si>
+    <t>Компактный и удобный инструмент для пайки и сварки различных материалов, таких как медь, алюминий, железо, нержавеющая сталь, пластик и другие металлы. Благодаря современным технологиям, паяльный карандаш не требует сложного оборудования и идеально подходит для ремонта в домашних условиях, мастерских, а также для работы в полевых условиях.</t>
+  </si>
+  <si>
+    <t>Средство для прочистки труб Свежинка Набор Засоров Нет в гранулах 70гр</t>
+  </si>
+  <si>
+    <t>Средство для прочистки труб</t>
+  </si>
+  <si>
+    <t>Ножница универсальная для кухни</t>
+  </si>
+  <si>
+    <t>Кухонные ножницы универсальные — ваш главный помощник для решения множества задач. Эти мощные ножницы кухонные для птицы и рыбы с легкостью справятся с разделкой тушек, потрошением и разрезанием хрящей. Эргономичные ручки обеспечивают удобный хват и максимальное усилие реза. Инструмент легко моется, что делает работу на кухне быстрой и гигиеничной.</t>
+  </si>
+  <si>
+    <t>Светильник-проектор создаст уютную и волшебную атмосферу в вашем доме. Особенности: Несколько режимов отображения: Поддержка управления подсветкой фильма и боковой звездной подсветкой. Создает успокаивающую среду для сна. Вращение звезды с функцией временного отключения. HD Galaxy Проектор: Обновленная HD проекция с регулировкой фокусного расстояния. Поддержка расстояния проекции до 3М и площади проекции 40м. Идеально подходит для декорации комнат.</t>
+  </si>
+  <si>
+    <t>Стельки с подогревом. Держи ноги в тепле, а голову в холоде - мудрость, с которой не поспоришь! Очень неприятно когда мерзнут ноги, а уходить с прогулки или рыбалки еще не хочется. Для таких случаев есть простое изобретение - стельки с подогревом.</t>
+  </si>
+  <si>
+    <t>Органайзер для проводов и аксессуаров для электроники</t>
+  </si>
+  <si>
+    <t>Сумка для хранения гаджетов. Удобнейшее приспособление для тех, кто устал бороться со спутанными кабелями и расплетать провода перед их использованием! Необыкновенно практичный, вместительный, но при этом очень компактный органайзер для хранения проводов, зарядки, наушников, флешек решит проблему раз и навсегда. Сумка имеет 5 удобных карманов для проводов, большой отсек, который вы можете разделить специальными перегородками на липучках по своему желанию. Сумка несессер для проводов изготовлена из качественного крепкого гипоаллергенного материала, устойчива к стиранию, долговечна. Сумка для кабелей от электроники имеет удобную ручку для транспортировки. Размеры кейса 24,5х18х10см. Вес 200г. Благодаря таким относительно небольшим параметрам кейс, легко поместится в рюкзаке или сумке. Его можно брать в салон самолёта в качестве ручной клади. Плотный материал защитит электронику и расходники от любых внешних факторов, включая дождь.</t>
+  </si>
+  <si>
+    <t>Силиконовая накладка под кран защищает от брызг, что сохраняет чистоту раковины. Такие кухонные принадлежности позволяют экономить время и силы, так как уже не понадобится постоянно отмывать раковину от брызг. Благодаря тому, что силикон - это не скользящий материал, на корик можно поставить срество для мытья посуды, жидкое и твердое мыло, другие средства. Органайзер на мойку - подставка для моющих средств и мыльницы, держатель для губок и щетки для мытья. Данная подложка имеет сливы, чтобы вода не скапливалась. Лоток на мойку защитит от подтеканий воды и разводов, что поможет избежать накопления болезнетворных микробов.</t>
+  </si>
+  <si>
+    <t>Эспандер латексная трубка с ручками применяется вместо тренажера. С существенно повысит эффективность спортивных тренировок и способствует проработке всех групп мышц. С помощью многофункционального комплекта не составит труда накачать грудь, пресс, руки, бедра, предплечья, спину, бицепсы и другие части тела. В наборе с латексными эластичными эспандерами идут крепления, позволяющие закрепить спортинвентарь в дверном проеме, а также на турнике. Особенностью этой модели является крепкая резина канатного типа, благодаря чему увеличивается сопротивление и нагрузка. Удобные ручки надежны и не выскальзывают во время тренировки. Эспандер позволяет дать нагрузку на руки, ноги, плечи, спину, грудь.</t>
+  </si>
+  <si>
+    <t>Рисомойка сито для риса незаменимый кухонный инвентарь для мытья риса и круп. Дуршлак изготовлен из пищевого пластика. Китчен посуда создана специально для промывания риса, гречки, зелени под струёй воды, не нужно постоянно перемешивать рис по он промывается. Промывка происходит благодаря уникальному дизайну мойка для круп с крышкой с круглым дном и продуманной конструкции крышки.</t>
+  </si>
+  <si>
+    <t>Предназначен для экономии места, новый дизайн внешнего вида, простой и модный, используется для хранения мобильных телефонов/дистанционного управления. Особенности: простая установка, практичность, эргономичный дизайн, хорошее качество</t>
+  </si>
+  <si>
+    <t>Полустельки носки для обуви универсальные для офиса. Данная модель идеально подходит в открытую и закрытую обувь. Универсальные стельки станут верным помощником для уменьшения нагрузки на ваши ноги. Мягкие и дышащие анатомические стельки снизят болевой синдром в ногах, особенно при наличии проблемных зон, от мозолей и натоптышей до плоскостопия. Верный помощник для тех, кто ведет малоподвижныйобраз жизни, especialmente будет полезно совместить в обувь для офиса. Стельки женские мягкие незаметны и спрятаны в легкие летние и теплые зимние, а так же в спортивные варианты обуви. Ваш образ останется безупречным. Ортопедические тонкие стельки идеально защищают от натирания и скольжения стопы. Аксессуар разгружает передний отдел стопы, создает дополнительный комфорт при ходьбе, беге и др спорта под пятку. Стелька - великолепный подарок для жены, на новый год и праздник.</t>
+  </si>
+  <si>
+    <t>Массажер для кожи головы</t>
+  </si>
+  <si>
+    <t>Массаж кожи головы имеет массу дополнительных возможностей - он увеличивает приток крови к коже головы, способствуя ее притоку, распределяет натуральные масла, усиливая блеск волос, и может помочь контролировать или даже устранить перхоть. Этот массажер для кожи головы дает вам все, что нужно для салонного массажа кожи головы в вашем собственном душе.</t>
+  </si>
+  <si>
+    <t>Накладки в обувь</t>
+  </si>
+  <si>
+    <t>Накладки в обувь предохраняют пятки от образования мозолей. Пяткоудерживатели повышают комфортность и удобство при стоячей работе, при ходьбе. Подойдут в туфли, ботинки. Подпяточники просты в использовании. Если вам необходима накладка меньшей высоты, то можно ее уменьшить, обрезав нижнюю часть подпяточника.</t>
+  </si>
+  <si>
+    <t>Держатель для бритвы</t>
+  </si>
+  <si>
+    <t>Настенные магнитные держатели для ножей – это прекрасная современная альтернатива обычным подставкам для ножей. Они представляют собой пару мощных, надежных и безопасных магнитных полос в пластиковом корпусе. Преимущества: легкая установка; удобство и безопасность хранения ножей на настенном магните; экономия кухонного пространства; хорошая видимость, порядок и быстрый доступ к необходимому ножу в любой момент; предотвращение повреждения лезвий ножей (затупления, ржавления, образования засечек и зазубрин), легкая чистка.</t>
+  </si>
+  <si>
+    <t>Бомбилья неразборная для мате</t>
+  </si>
+  <si>
+    <t>Трубочка для калабаса изготовлена из нержавеющей стали. Эта специальная ложка трубочка с дырочками на конце предназначена для традиционного употребления напитка чая матэ и матча. Бомбилья мини для питья травяного чая используется как фильтр для мелких частиц йерба, мате, матча и травяного чая. Стальную трубку также можно использовать для травяных напитков с мелкой фракцией. Стильная трубочка бомбилья подходит для калабасов среднего и маленького размера. Водяная трубка идеально для травяных коктейлей. Бомбилья для мате как многоразовая металлическая трубочка, у которой классический и модный дизайн будет оригинальным подарком на день рождения подруге или сестре.</t>
+  </si>
+  <si>
+    <t>Гель для чистки дна кастрюль и сковородок JIANGDI</t>
+  </si>
+  <si>
+    <t>эффективное средство для удаления нагара, копоти и черных следов на кухонной посуде. Подходит для кастрюль, сковородок, сотейников и другой металлической утвари. Формула глубоко проникает в загрязнения, размягчает нагар и жир, облегчая их удаление без повреждения поверхности. Средство безопасно, нетоксично, не имеет неприятного запаха и подходит для регулярного использования.</t>
+  </si>
+  <si>
+    <t>универсальная паста для чистки поверхностей</t>
+  </si>
+  <si>
+    <t>Это мощное средство, которое легко справляется с любыми загрязнениями, будь то налет на зеркалах, жир на плите, или известковый налет на сантехнике. Наша паста обладает уникальной формулой, которая бережно очищает поверхности, не повреждая их. Благодаря своей густой консистенции, паста легко наносится и не стекает, что позволяет вам сэкономить время и силы. Универсальная чистящая паста подходит для очистки различных поверхностей: керамики, эмали, нержавеющей стали, хрома, пластика и стекла. Она эффективно удаляет пятна от кофе, чая, вина, жира, ржавчины и других загрязнений. Благодаря приятному аромату, чистящая паста не только очищает, но и освежает воздух в помещении.</t>
+  </si>
+  <si>
+    <t>Универсальное очищающее средство для одежды</t>
+  </si>
+  <si>
+    <t>Эффективный продукт в формате сухой химчистки для удаления загрязнений с одежды, таких как кожный себум, остатками косметики, жиром, грязью, пылью и следами пищи. Пена не оставляет разводов и бережно сохраняет структуру ткани и ее цвет.</t>
+  </si>
+  <si>
+    <t>Подарочный набор кухонных ножей и аксессуаров на подставке светло-коричневый</t>
+  </si>
+  <si>
+    <t>Элегантный набор кухонных ножей и аксессуаров в светло-коричневом цвете станет практичным и стильным подарком на Новый год для дома, семьи, друзей и близких. Такой кухонный комплект — универсальный вариант новогоднего подарка для хозяйки, мамы, жены, повара или любого, кто любит готовить и ценит порядок на кухне. В подарочный набор входят все необходимые инструменты для комфортной готовки: поварской нож, универсальный нож, разделочный нож, хлебный нож с зубчатым лезвием, нож для овощей, а также кухонные принадлежности — половник, шумовка и лопатка. Дополнительно предусмотрен мусат для заточки ножей, который помогает сохранять идеальную остроту и продлевает срок службы лезвий. Лезвия выполнены из качественной нержавеющей стали, устойчивой к коррозии и износу, обеспечивают аккуратный и лёгкий рез мяса, овощей, фруктов и рыбы. Эргономичные ручки с противоскользящим покрытием удобно лежат в руке и делают процесс приготовления безопасным и комфортным. Вращающаяся подставка-органайзер не только экономит место, но и придаёт кухне аккуратный праздничный вид.</t>
+  </si>
+  <si>
+    <t>Средство для удаления жира</t>
+  </si>
+  <si>
+    <t>Это концентрированное чистящее средство для удаления жировых и органических загрязнений на кухонных поверхностях. Эффективно справляется с жиром, копотью, неприятными запахами и предотвращает образование нагара</t>
+  </si>
+  <si>
+    <t>Щетка для мытья посуды</t>
+  </si>
+  <si>
+    <t>Микротоковый массажер для лица</t>
+  </si>
+  <si>
+    <t>Маленький и легкий дизайн; 10 режимов массажа; Используйте 15 минут, эквивалентных 200 массажам лица; Сжигайте жир, локальную потерю веса, красоту, боль в шейке матки и шее; Массаж акупунктурных точек тела для снятия усталости</t>
+  </si>
+  <si>
+    <t>Формочка кулинарная</t>
+  </si>
+  <si>
+    <t>Формочка кулинарная 6в1</t>
+  </si>
+  <si>
+    <t>Набор трубочек для выпечки, круассанов и рожков. Замесите тесто, раскатайте его в длинную ленту, намотайте готовую ленту на формочку-конус и поместите в духовку. Готовая выпечка не пригорает и не прилипает к формочке. Изготовлены из пищевой нержавеющей стали.</t>
+  </si>
+  <si>
+    <t>Формочка кулинарная 8в1</t>
+  </si>
+  <si>
+    <t>Формочка кулинарная 10в1</t>
+  </si>
+  <si>
+    <t>Набор трубочек для выпечки , круассанов и рожков. Замесите тесто, раскатайте его в длинную ленту, намотайте готовую ленту на формочку- конус и поместите в духовку. Готовая выпечка не пригорает и не прилипает к формочке. Изготовлены из пищевой нержавеющей стали.</t>
+  </si>
+  <si>
+    <t>Стельки с подогревом для согревания ног, подходят для мужчин и женщин, размер 23см * 7 см. При открытии герметичной упаковки и доступе воздуха начинается химическая реакция с выделением тепла.</t>
+  </si>
+  <si>
+    <t>Ерш для бутылок универсальный</t>
+  </si>
+  <si>
+    <t>Ершик предназначен для мытья бутылок. Изделие оснащено жесткой прочной щетиной, выполненной из сложных полимеров и закреплена на металлическом крученом стержне. Не гнется во время мытья. Эргономичная рукоятка, изготовленная из полипропилена (пластика), оснащена отверстием для подвешивания.</t>
+  </si>
+  <si>
+    <t>Бурсопротектор Межпальцевый разделитель</t>
+  </si>
+  <si>
+    <t>Наши бандажи большого пальца ноги помогают в лечении и предотвращают развитие вальгусной деформации большого пальца стопы. Они являются разновидностью вальгусного корректора и могут использоваться как разделитель для пальцев ног. Бурсопротекторы для больших пальцев ног это уникальное решение для людей страдающих болезнью косточки большого пальца, вальгуса стопы, перекрещивании пальцев, воспалении или просто профилактики заболеваний стопы.</t>
+  </si>
+  <si>
+    <t>корректор вальгусной деформации большого пальца ноги</t>
+  </si>
+  <si>
+    <t>исправьте косточки, молоткообразные пальцы, перекрывающиеся пальцы ног. после ношения шины для косточки ваша боль в косточке полностью исчезнет. уникальный дизайн: bunion juanetes новая конструкция кронштейна pp может непрерывно оказывать постоянное давление на большой палец ноги, чтобы выровнять палец и замедлить развитие формы косточки, особенно при ношении неподходящей обуви или высоких каблуков. удобный материал: выпрямитель для косточки большого пальца ноги высококачественный, приятный для кожи материал eva может обеспечить комфортные ощущения. липучка может предотвратить скольжение во время сна, удерживать большой палец ноги в правильном положении и не допускать ограничения и раздражения пальца. самый гибкий размер: ортез для косточки большого пальца ноги этот регулируемый ортез bonnie valgus подходит для большинства размеров и может использоваться как мужчинами, так и женщинами. легко чистить и использовать повторно. обеспечить вам ночную защиту от вальгусной деформации большого пальца ноги.</t>
+  </si>
+  <si>
+    <t>корректор вальгусной деформации большого пальца ноги помогает облегчить боль в суставе большого пальца ноги и вальгусную деформацию большого пальца ноги. исправьте косточки, молоткообразные пальцы, перекрывающиеся пальцы ног. после ношения шины для косточки ваша боль в косточке полностью исчезнет. уникальный дизайн: bunion juanetes новая конструкция кронштейна pp может непрерывно оказывать постоянное давление на большой палец ноги, чтобы выровнять палец и замедлить развитие формы косточки, особенно при ношении неподходящей обуви или высоких каблуков. удобный материал: выпрямитель для косточки большого пальца ноги высококачественный, приятный для кожи материал eva может обеспечить комфортные ощущения. липучка может предотвратить скольжение во время сна, удерживать большой палец ноги в правильном положении и не допускать ограничения и раздражения пальца. самый гибкий размер: ортез для косточки большого пальца ноги этот регулируемый ортез bonnie valgus подходит для большинства размеров и может использоваться как мужчинами, так и женщинами. легко чистить и использовать повторно. обеспечить вам ночную защиту от вальгусной деформации большого пальца ноги.</t>
+  </si>
+  <si>
+    <t>Набор из 12 кулинарных формочек для вырубки теста разного размера и разной формы превратит ваши печенье, пряники и другую выпечку в произведения искусства. Наши формочки подарят праздник как взрослым так и детям. Готовить вместе с ними печенье одно удовольствие!</t>
+  </si>
+  <si>
+    <t>Приготовление долмы и голубцов с помощью специального устройства, которое автоматически заворачивает фарш в листья, делая блюда ровными и красивыми.</t>
+  </si>
+  <si>
+    <t>Шинковка для капусты имеет два острых лезвия, безопасную основу и эргономичную ручку, что позволяет измельчать капусту в несколько раз быстрее и с большим удобством. Лезвия расположены под безопасным углом, исключая случайного пореза пальцев. Станет незаменимым помощницей на кухней для любой хозяйки! Шинковку можно использовать для профессионального применения при наřezки капусты в больших объемах, а также для засолки капусты для дома.</t>
+  </si>
+  <si>
+    <t>Ледоступы на обувь с шипами</t>
+  </si>
+  <si>
+    <t>Ледоступы - противоскользящее снаряжение, созданное специально для туристических походов, охоты и активного отдыха на льду и снегу. Универсальная насадка, прекрасный помощник в устранении проблем, связанных со скольжением на гололеде. Легко присоединяются к любой обуви, обеспечивают защиту , благодаря стальным шипам и прочному ремешку, который надежно фиксируется к подошве. Ледоходы шипованные можно использовать как мужские и женские. Каждая походка будет безопасной и защищенной от проблемных ситуаций на скользкой поверхности зимой.</t>
+  </si>
+  <si>
+    <t>Гранулы для стиральной машины</t>
+  </si>
+  <si>
+    <t>аромат фруктовой свежести</t>
+  </si>
+  <si>
+    <t>Бомбилья</t>
+  </si>
+  <si>
+    <t>Бомбилья неразборная для мате. Трубочка для калабаса изготовлена из нержавеющей стали. Эта специальная ложка трубочка с дырочками на конце предназначена для традиционного употребления напитка чая матэ и матча. Бомбилья мини для питья травяного чая используется как фильтр для мелких частиц йерба, мате, матча и травяного чая. Стальную трубку также можно использовать для травяных напитков с мелкой фракцией. Стильная трубочка бомбилья подходит для калабасов среднего и маленького размера. Водяная трубка идеальна для травяных коктейлей. Бомбилья для мате как многоразовая металлическая трубочка,у которой классический и модный дизайн будет оригинальным подарком на день рождения подруге или сестре. Это самостоятельный подарок для дома, а также как дополнение к подарочному набору для кухни.</t>
+  </si>
+  <si>
+    <t>Подарите своему любимому человеку незабываемые эмоции с кружкой, которая объединяет романтику, стиль и функциональность. Этот светящийся аксессуар станет настоящей изюминкой вашего праздникаили уютного вечера дома.</t>
+  </si>
+  <si>
+    <t>Кухонные принадлежности из натурального дерева - это классика посудного жанра. Многие хозяйки отдают предпочтение исключительно деревянным инструментам, отличающимся экологической чистотой и не царапающим внутреннюю поверхность кухоннойутвари. Впрочем, кулинарная лопатка или скалка из природного материала, обладающего особой энергетикой, найдется на любой кухне. Секреты ухода за деревянными моделями достаточно просты: Во-первых, чтобы поверхность изделий не стала излишне шершавой, не следует подвергать их машинной мойке. Во-вторых, не оставляйте инструменты в воде на долгое время, иначе материал разбухнет. В-трьих, во избежание распространения бактерий раз в месяц протирайте посуду водкой или спиртом.</t>
+  </si>
+  <si>
+    <t>Универсальный держатель будет незаменим в вашем доме. Держатель для губки многофункционален в применении. Тряпка для кухни и щетка для посуды, наконец смогут обрести свое постоянное место. Кухонный кран станет свободен от тряпочек и губок и перестанет лишний раз ржаветь и собирать известковый налет. В ванной комнате может использоваться как держатель для полотенец, держатель для мочалок и банных принадлежностей. Крючок для ванной самоклеящийся изготовлен из высококачественной нержавеющей стали. Держатель кухонный легко установить на любую ровную гладкую поверхность: раковину, стену в ванной или на кухне или на дверцу шкафа. При этом ничего не нужно будет сверлить: подставка держатель крепится на мощный двусторонний скотч. Держатель для губки в раковину способствует быстрой сушке губки для мытья посуды и помогает организовать кухонное пространство. Губка удобно размещена на нем или используйте как настенный крючок для полотенец для ванной пакетов для мусора.</t>
+  </si>
+  <si>
+    <t>Накладки в обувь предохраняют пятки от образования мозолей. Пяткоудерживатели повышают комфортность и удобство при стоячей работе, при ходьбе. Подойдут в туфли, ботинки. Подпяточники просты в использовании.</t>
+  </si>
+  <si>
+    <t>Коленный пачт обезболивающий, пластырь согревающий на коленный сустав, противовосполительный пластырь</t>
+  </si>
+  <si>
+    <t>Банки с бамбуковой крышкой, для сыпучих продуктовых</t>
+  </si>
+  <si>
+    <t>Кухонные аксессуары занимают много места на кухне. Но только не складная воронка. Она сделана из силикона и обладает компактными размерами. Воронка гибкая, легко гнется, ее можно бесконечное количество раз складывать в кружочек и раскладывать обратно. Она прекрасно сохраняет форму и не деформируется. Силиконовая воронка может использоваться как воронка для бутылок, банок и прочих емкостей. Она отлично моется как ручным способом, так и в посудомоечной машине, не имеет запаха и занимает совсем мало места.</t>
+  </si>
+  <si>
+    <t>Бутылка для масла с дозатором и кисточкой пипеткой</t>
+  </si>
+  <si>
+    <t>Красивая посуда, непревзойденное удобство, современное оснащение кухни — вы оцените эту покупку. Современный дизайн, вписывающийся в большинство интерьерных стилей оформления кухни и столовой. Вытянутая форма, компактность, приятные цвета — диспенсеры стильно выглядят и радуют глаз. Налитое масло всегда под рукой, как и уксус с соусом.  Хранение в пластиковой упаковке не идет им на пользу. Они дольше сохраняют вкус, аромат и полезные свойства в удобной стеклянной емкости. Экономичное расходование без потерь от протекания и распыления мимо сковородки, мангала, противня. Масленка, кувшины под уксус и соус всегда под рукой. Это ускоряет приготовление пищи, сокращает время на уборку.  Посуда и инвентарь, которые превращают рутинные поварские операции в легкие приятные быстрые, без жирных пятен и брызг.  Стеклянная бутылка для масла из прочного стекла с крышкой дозатором и кистью из силикона.  Силиконовая прокладка предотвращает протекание содержимого банки на мебель и фартук. Графин для масла гарантирует плавную экономичную подачу масел, соусов без разбрызгивания из-за слишком большой выданной порции.  Разбрызгиватель для масла с кондитерской кисточкой для жарки превратит отдых на природе в приятное занятие, при котором колдовать над сосисками, шашлыком, свежевыловленной рыбой просто, удобно и приятно. При этом руки останутся чистыми, одежда не покроется трудно выводимыми пятнами жира и соуса, а присутствующие вкусно накормлены.  Встроенный в крышку дозер — это мерная емкость со шкалой на 6 мл и 9 мл. Пользователь может выбрать, какая порция ему нужна. Носик изготовлен из гипоаллергенной нержавеющей стали. Его форма и конструкция гарантируют точечное выливание или распыление уксуса, соуса. Жидкости из носика подаются без разлива и брызг.  Заданная порция попадает туда, куда нужно, а не на стол или траву. Высота бутылки стеклянной с пробкой дозатором 26 см, объем 500 мл.  Материал, из которого сделана бутылка - стекло пищевое. Стеклянные бутылки легко мыть. Диспенсер стильно смотрится в интерьере кухни.</t>
+  </si>
+  <si>
+    <t>Машинка для удаления катышек. Тонкая сетка толщиной позволяет острым лезвиям головки максимально приблизиться к ткани и не повредить её при чистки катышек. Сам вентилятор машинки против катышек с отрицательным давлением быстро всасывает срезанные катышки с поверхности и придаёт полное удобство при чистки. Устройство питается от батарейки.</t>
+  </si>
+  <si>
+    <t>Овощерезка ручная для нарезки картофеля фри и нарезки овощей</t>
+  </si>
+  <si>
+    <t>Прибор для нарезки картофеля фри незаменимый помощник на кухне для приготовления фри. За долю секунд, возможно, сделать ломтики картошки фри. Нарезка с помощью этого прибора занимает в 5-10 раз меньше времени, чем обычным ножом. С прибором для нарезки картофеля фри с легкостью можно приготовить картофель и для жарки. Секрет в острых лезвиях, сделанных из нержавеющей стали, которые гарантируют равномерное нарезание продукта. Картофелерезка, с которой нарезка овощей станет простым процессом. Как пользоваться: поставьте на стол изделие, поместите картофель на лезвия и надавите сверху крышкой. Измельчитель станет идеальным инструментом для приготовления фри, украшения салатов, нарезки овощей, закусок и горячих блюд. Картофелерезка ручная поможет Вам нарезать картофель, морковь или другие овощи аккуратной соломкой. Корпус изготовлен из пластмассы, рабочая часть из нержавеющей стали - не затупляется и служат долго. Кроме того, овощерезка, во время работы надежно защищает руки от порезов. Нож для картофеля превратит нарезку овощей в простой и увлекательный процесс. Нож для картофеля не прихотлив в уборке, после использования промойте под проточной водой, предварительно почистив щеткой.</t>
+  </si>
+  <si>
+    <t>многофункциональная овощерезка для овощей и фруктов</t>
+  </si>
+  <si>
+    <t>Слайсер подойдет для нарезки корейской морковки, капусты, томатов, чеснока, сыра, цедры лимона и других овощей и фруктов. Для защиты ваших рук в комплекте идет универсальный держатель, который сохранит ваши пальцы в безопасности. Так же в комплекте вы найдете специальную вилку для удаления застрявших кусочков в прессе и удобный дуршлаг для сушки овощей и фруктов. Измельчитель кухонный выполнен из качественного ABS пластика, а острые лезвия с лазерной заточкой - из нержавеющей стали. Терка сделает за вас самую сложную работу на кухне, сэкономит время и превратит каждое блюдо в настоящее произведение искусства. Ручная овощерезка идеально дополнит интерьер на любой кухне и даче. Универсальная терка овощерезка с контейнером станет отличным подарком любимой жене, маме, бабушке, теще, свекрови на юбилей и любой праздник.</t>
+  </si>
+  <si>
+    <t>многофункциональная овощерезка</t>
+  </si>
+  <si>
+    <t>Нож для резки арбузов 2в1</t>
+  </si>
+  <si>
+    <t>Эта вилка для резки арбузных фруктов позволяет нарезать арбуз идеальными кубиками. Вы можете наслаждаться освежающими кусочками арбуза, не опасаясь, что стол будет мокрым. Эта вилка для арбуза оснащена режущим инструментом. Просто вдавите инструмент для резки арбуза в арбуз, ломтики арбуза выйдут автоматически, затем используйте вилку, и все готово.</t>
+  </si>
+  <si>
+    <t>Пакеты для льда, 8листа 224 кубика</t>
+  </si>
+  <si>
+    <t>Прочные одноразовые пакеты с секциями для формирования кубиков льда — Оснащены гидроклапаном, который автоматически закрывается при наполнении водой — без проливов и завязок — Подходят для заморозки не только воды, но и сока, лимонада, ягодных настоев Преимущества: — Герметичность — вода не вытекает даже при наклоне — Простота использования — не требует узлов и зажимов — Гигиенично и безопасно — одноразовое использование — Компактно размещаются в морозильной камере</t>
+  </si>
+  <si>
+    <t>Пуходерка расческа для кошек с кнопкой</t>
+  </si>
+  <si>
+    <t>Расческа для кошек и для собак с кнопкой самоочистки деликатно вычёсывает шерсть, подшерсток, пух и колтуны. Расческа с кнопкой подходит для всех животных: расческа для всех пород кошек и собак с длинной и короткой шерстью; для кроликов; для грызунов. Дешеддер с кнопкой имеет более 180 зубьев с пластиковыми наконечниками, расположенных под углом 60 градусов и длиной 10 мм. Благодаря пластиковым наконечникам чесалка с кнопкой не причиняет неприятные ощущения вашему питомцу (зависит от индивидуального восприятия животного), при этом расческа с кнопкой эффективно вычесывает лишнюю шерсть и массирует кожу животного. Массаж кожи животного улучшает кровообращение, что стимулирует рост новой и красивой шерсти. Расческа для кошек и для собак оснащена кнопкой, нажав на которую можно моментально очистить шерсть. Расческу для кошек можно легко очистить и помыть. Расческа для кошек и для собак с кнопкой отличный вариант для ухода и поддержания шерсти вашего питомца в порядке.</t>
+  </si>
+  <si>
+    <t>Менажница в форме кусочка сыра, выполнена из натурального дерева. Размер: 30*20*2 см. Предназначена для красивой сервировки стола, к примеру - виноград, свежий хлеб, кусочки сыра, в центре соусник с медом, обратную сторону можно использовать в качестве разделочной доски.</t>
+  </si>
+  <si>
+    <t>Поднос деревянный</t>
+  </si>
+  <si>
+    <t>Поднос деревянный универсальный незаменим для дома, офиса, кухни, спальни и ванной, как подставка под горячее и для хранения украшений. Натуральная деревянная посуда незаменима как подставка для посуды и столовых приборов, для вина, пива и закусок, для сыра и нарезки, для фруктов, орешков и сухофруктов. Деревянная тарелка изготовлена из экологического сырья и полностью безопасна для продуктов питания.</t>
+  </si>
+  <si>
+    <t>МЕНАЖНИЦА 6 СЕКЦИЙ 20СМ</t>
+  </si>
+  <si>
+    <t>Менажница выполненна из березы Менажница содержит 6 секции, поэтому подходит для сервировки сразу нескольких закусок Оригинальный дизайн менажницы идеально впишется в интерьер вашей кухни или будет достойным подарком для родных и друзей</t>
+  </si>
+  <si>
+    <t>помогает облегчить боль в суставе большого пальца ноги и вальгусную деформацию большого пальца ноги. исправьте косточки, молоткообразные пальцы, перекрывающиеся пальцы ног. после ношения шины для косточки ваша боль в косточке полностью исчезнет. уникальный дизайн: bunion juanetes новая конструкция кронштейна pp может непрерывно оказывать постоянное давление на большой палец ноги, чтобы выровнять палец и замедлить развитие формы косточки, особенно при ношении неподходящей обуви или высоких каблуков. удобный материал: выпрямитель для косточки большого пальца ноги высококачественный, приятный для кожи материал eva может обеспечить комфортные ощущения. липучка может предотвратить скольжение во время сна, удерживать большой палец ноги в правильном положении и не допускать ограничения и раздражения пальца. самый гибкий размер: ортез для косточки большого пальца ноги этот регулируемый ортез bonnie valgus подходит для большинства размеров и может использоваться как мужчинами, так и женщинами. легко чистить и использовать повторно. обеспечить вам ночную защиту от вальгусной деформации большого пальца ноги.</t>
+  </si>
+  <si>
+    <t>Гелевые наклейки на обувь от мозолей на ногах силиконовые</t>
+  </si>
+  <si>
+    <t>Силиконовые наклейки увлажняющие - это гелевые наклейки, которые предназначены специально для того, чтобы предотвратить и смягчить мозоли на ногах. Иногда при ношении обуви возникает трение и натирание, что может привести к образованию неприятных и болезненных мозолей. Чтобы избежать таких проблем и обеспечить комфорт при ходьбе, рекомендуется использовать наклейки силиконовые для обуви. Эти наклейки для обуви обладают уникальными свойствами, которые помогают смягчить и защитить кожу от трения и натирания. Подушечки для обуви легко приклеиваются к обуви и обеспечивают дополнительную амортизацию и смягчение в местах, где образуются мозоли. Наши мягкие наклейки также могут использоваться для предотвращения образования мозолей между пальцами и на пятках. Гелевая подушка для пальцев обеспечивает комфорт и смягчение при ходьбе, а также предотвращает натирание и болевые ощущения. Наклейки изготовлены из прозрачного силикона, поэтому они незаметны и практически невидимы при ношении обуви. Они легко приклеиваются к обуви и не оставляют следов. Благодаря своей гибкости и эластичности, наклейки силиконовые идеально подходят для обуви разных размеров и форм. Таким образом, наклейки на обувь - это эффективное средство для предотвращения и смягчения мозолей или натоптышей на ступнях ног. Вставки для обуви обеспечивают комфорт при ходьбе, снижают болевые ощущения и защищают кожу от натирания. Если вы страдаете от мозолей или натоптышей, рекомендуется попробовать эти гелевые наклейки для обуви от мозолей и насладиться комфортом и защитой во время ходьбы. Рекомендации по уходу за подушечками: по приходу домой изделия следует извлечь из обуви и промыть или протереть влажной тканью от возможных загрязнений; хранение вкладышей возможно только в сухом и тщательно проветриваемом месте. Перед применением не забудьте обезжирить поверхность обуви, куда будет приклеиваться гелевая подушечка. Размер одного вкладыша: 3х2,5см. Толщина: около 1-1.5 мм. Стоимость указана за 6шт. Цвет: прозрачный</t>
+  </si>
+  <si>
+    <t>Набор для новорожденного</t>
+  </si>
+  <si>
+    <t>Идеальный подарок коробка для рожденных детей на выписку из роддома или крещение, все самое важное в одной коробке для малютки. Гигиена ляльки станет намного приятнее и проще с нашим набором! ДЕСЯТЬ средств гигиены:</t>
+  </si>
+  <si>
+    <t>Идеальный подарок коробка для рожденных детей на выписку из роддома или крещение, все самое важное в одной коробке для малютки. Гигиена ляльки станет намного приятнее и проще с нашим набором! ДЕСЯТЬ средств гигиены: 1)Расческа массажная щеточка гребешок 2)Гребень с закругленными кончиками 3)Электронный термометр градусник детский с гнущимся концом 4)Силиконовая насадка (на палец) щетка для ухода за зубами, чистки зубочков, полости рта 5)Безопасные ножницы 0+ 6)Пилочка (пилка) 7)Кусачки щипчики для ногтей 8)Пинцет для очистки носика 9)Мерная пипетка для комфортного принятия лекарств для ребенка 10)Медицинский назальный аспиратор для грудничков (соплеотсос, пипетка для носа).</t>
+  </si>
+  <si>
+    <t>Цветные нитки для шитья</t>
+  </si>
+  <si>
+    <t>в наборе 30 шт</t>
+  </si>
+  <si>
+    <t>Уплотнительная лента</t>
+  </si>
+  <si>
+    <t>ДЛЯ ОКНА, серый, 10M_50MM</t>
+  </si>
+  <si>
+    <t>Герметик акриловый для швов и трещин</t>
+  </si>
+  <si>
+    <t>Гидроизоляционный герметик водостойкий клей для заделки трещин и протечек легко наносится благодаря удобному тюбику с носиком , не требует специальных инструментов и подходит для быстрого ремонта без демонтажа. Водонепроницаемая герметик клей Высокая адгезия надёжно герметизирует стыки , швы, место ввода трубы и повреждение поверхности . После высыхания клей герметик сохраняет эластичность, не трескается и обеспечивает долговечную защиту от воды.</t>
+  </si>
+  <si>
+    <t>Термометр для мяса</t>
+  </si>
+  <si>
+    <t>Термометр кухонный электронный - это незаменимый помощник на вашей кухне. С его помощью вы сможете быстро и точно измерить температуру различных продуктов: мяса, птицы, рыбы и выпечки. С диапазоном измерения от ‒50 до +300 градусов Цельсия, этот цифровой термометр идеально подходит для контроля готовности блюд. Оборудован чётким ЖК-дисплеем, он гарантирует удобное считывание результатов. Нержавеющая сталь щупа обеспечивает долговечность и простоту в уходе, а пластиковый корпус защищает прибор от внешних повреждений. Работает на батарейках типа LR44, что обеспечивает его беспроводное использование. Этот многофункциональный прибор станет отличным дополнением вашей кухонной утвари, позволяя готовить с уверенностью и легкостью</t>
+  </si>
+  <si>
+    <t>Крошечный, незаметный пакетик с одноразовыми накладками на сиденье унитаза, который вы всегда можете носить с собой — в сумочке, кармане или рюкзаке. Они идеально подходят, когда нам нужно использовать общественный туалет, например, на заправке, в торговом центре и т. д. Они полностью покрывают площадь раковины и уменьшают воспринимаемый дискомфорт при использовании туалета. В одной упаковке содержится 10 штук одноразовых колпачков.</t>
+  </si>
+  <si>
+    <t>Ролик для фигурной нарезки теста, позволяет вам из обычного теста, при помощи нескольких движений, сделать красивую основу для вашей выпечки. Не важно тесто слоеное или нет, положите его на рабочую поверхность, возьмите фигурный ролик, дальше, просто сделайте несколько движений вдоль, и вот это уже не простой без лик лист теста, а целая картина, с узорами. Нарезка сеточкой, сделает вашу выпечку оригинально.</t>
+  </si>
+  <si>
+    <t>Мыло выскальзывает из рук при стирке вещей? Неравномерно намыливается? Некуда убрать мокрое мыло? Решите эту проблему с новым дозатором мыла для стирки 2 в 1. Теперь застирования детских вещей станет легче и быстрее. Мыльница с роликами для стирки хорошо держится в руке и создает обильную мыльную пену, специальная конструкция с пружинным механизмом позволяет использовать мыло до конца. А резиновые ролики при вращении образуют плотную пену для стирки вещей. Используйте наш дозатор как контейнер для хранения мыла. Диспенсер имеет крышку с прорезями, что дает возможность использовать его как подставку для мыла. Выполнена из качественного ABS пластика и силикона. Щетка для стирки ковров занимает мало места на столе и под этом стильно смотрится на раковине в ванной или кухне. Дозатор для стирки из абс пластика легко моется в посудомойке.</t>
+  </si>
+  <si>
+    <t>Ванночка для ног</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель грызунов</t>
+  </si>
+  <si>
+    <t>Ультразвуковой отпугиватель мышей, тараканов и комаров Pest Reject - это новейшая разработка, помогающая эффективно избавиться от насекомых, клопов, мух, грызунов, тараканов и комаров. Устройство Pest Reject - это надежная защитита Вашего дома от муравьев, грызунов и насекомых. Прибор работает по принципу создания двойного действия против вредителей в виде ультразвука и электромагнитных импульсов.  Отличительная черта устройства - действие в отдаленных местах, где нет доступа для человека: под половицами или внутри стен. Совершенно безопасный для людей и домашних любимцев. При нормальном рабочем режиме должны светиться два индикатора: зеленый - ультразвук, красный - электромагнит. Отличная ловушка для клопов, крыс, мышей, грызунов, мошек. Широкий спектр воздействия позволяет избавиться от пауков, тараканов, муравьев, жуков, комаров, мух. Pest избавит Вас от вредителей.</t>
+  </si>
+  <si>
+    <t>Ролик пингвин для чистки одежды</t>
+  </si>
+  <si>
+    <t>Представляем вашему вниманию ролик липкий для одежды, незаменимый аксессуар для поддержания вашего гардероба в идеальном состоянии. Этот многоразовый ролик для одежды позволяет легко и быстро удалять пыль, волосы и пушистики с материалов, возвращая им первоначальный вид. Цвет- рандомный. Легко использовать, он отлично подходит для различных тканей, обеспечивая сохранение чистоты и аккуратности. Наш липкий ролик разработан с учетом необходимости частого использования, поэтому он не только многоразовый, но и моющийся. Это означает, что вы сможете продлить его срок службы, просто очищая его от загрязнений. Сменный элемент ролика позволит вам всегда оставаться подготовленным к любым неожиданным пятнам или загрязнениям. Идеален для дома, офиса или поездок, ролик легко помещается в сумку и всегда под рукой. Приобретая наш липкий ролик для одежды, вы гарантированно получаете отличное качество и надежность. Не упустите шанс сделать вашу одежду безупречно чистой! Заказывайте ролик липкий для одежды прямо сейчас и наслаждайтесь идеальным внешним видом!</t>
+  </si>
+  <si>
+    <t>1400 мл складная силиконовая бутылка для спорта</t>
+  </si>
+  <si>
+    <t>На продукте есть крючок, поэтому вы можете повесить бутылку напрямую, и это сделает вашу поездку более удобной. Дизайн ротового рота с широким ртом, который может сделать наполненный напиток более удобным. Широкий спектр применений, вы можете путешествовать с ним и иметь возможность заниматься различными видами спорта на открытом воздухе</t>
+  </si>
+  <si>
+    <t>Мельница для специй, для перца, для соли</t>
+  </si>
+  <si>
+    <t>Автоматическая мельница для соли и перца разных цветов. Чтоб измельчить специю нужно нажать на кнопку - и она сама с этим справится. Вам не потребуется делать лишние движения! Подсветка на нижней стороне позволит точно увидеть количество специй. Простота в эксплуатации, просто прикоснуться к ТРК. Великолепная и трения устойчивые. Подходит для измельчения перца, кукурузы, семян горчицы и других небольших размеров специй. С vinта в нижней части для регулировки тонкости / грубости прогулки перец. Цвет: серебристый. Работает на 4xAA батареи (не включены). Размер: 22.5 см на всю длину, 5.2 см в диаметре. Корпус прибора представляет собой нержавеющую сталь, а это свидетельствует о том, что Pepper Muller будет радовать вас своей функциональностью достаточно долго. Этой мельнице совершенно не страшны механические деформации. Срок службы девайса обязательно порадует своей продолжительностью! Кроме того, уход за прибором достаточно прост. Мельницу необходимо лишь протирать после каждого сеанса использования или слегка ополоснуть водой, и она будет чистой.</t>
+  </si>
+  <si>
+    <t>Щётка скребок 2в1</t>
+  </si>
+  <si>
+    <t>Щетка скребок 2в1 легко очистит вашу одежду и ковры от шерсти домашних животных , волос, пыли, катышков. Универсальная щетка скребок 2в1 заменит вам щетку для одежды, щетку для удаления шерсти животных, пуха, волос, скребок для чистки ковров и мебели, машинку для удаления катышков.</t>
+  </si>
+  <si>
+    <t>Держатель для стаканов</t>
+  </si>
+  <si>
+    <t>Держатель стаканов 27х15х7 см – удобное prisпособление, которое поможет организовать порядок на кухне и сэкономить пространство. Прочный металлический держатель надежно фиксируется на горизонтальной поверхности кухонной полки. Плоские грани не мешают закрытию дверей. Имеет 10 крючков. Может использоваться для стаканов, полотенец, а также кухонной утвари. Прекрасно впишется в любой интерьер. Держатель для кружек и кухонных принадлежностей - это удобное и стильное решение для организации пространства на вашей кухне. Изготовлен из прочного и надежного материала, этот держатель обеспечит надежную поддержку для ваших кружек, чашек, ложек и других кухонных принадлежностей. Благодаря компактному дизайну, держатель займет минимум места на вашей рабочей поверхности, при этом эффективно организуя все необходимые предметы в удобном доступе. Вы сможете легко найти нужный кухонный аксессуар, не тратя время на его поиск по всей кухне. Держатель для кружек и кухонных принадлежностей идеально подойдет как для небольших кухонь, так и для просторных кухонь с большим количеством посуды. Простота сборки и установки позволит вам быстро и легко настроить держатель в нужном месте и начать пользоваться всеми его преимуществами. Эстетичный внешний вид держателя добавит шарма и уюта вашей кухне, делая ее более аккуратной и организованной. Вы сможете не только упорядочить пространство, но и придать кухне стильный и завершенный вид.</t>
+  </si>
+  <si>
+    <t>Многоразовая самочистящая Лапка от шерсти домашних животных</t>
+  </si>
+  <si>
+    <t>Щетка из силикона эффективно удаляет шерсть домашних животных с одежды и собирает волосы при стирке. Подходит для ручной и автоматической стирки. Гипоаллергенна, безопасна в использовании. Комплект включает 2 липкие щетки зеленого цвета. Идеальное решение для ухода за одеждой и снижения количества шерсти на тканях. Удобная в использовании, многоразовая, легко очищается.</t>
+  </si>
+  <si>
+    <t>Электрическая дрель для маникюра, набор инструментов</t>
+  </si>
+  <si>
+    <t>Электрическая дрель для ногтей в виде ручки эффективно подстригает ногти, удаляет омертвевшую кожу и полирует ногти. Оснащена USB-кабелем и может питаться от блока питания. Полировальные полоски и пилочки для ногтей можно использовать для обрезки и полировки ногтей, чтобы придать им форму. В наборе инструментов каждый инструмент играет важную роль. Триммер для кутикулы можно использовать для удаления омертвевшей кожи с обеих сторон ногтя. Кисть для пыли используется для удаления мусора с ногтей.</t>
+  </si>
+  <si>
+    <t>Ночник детский космонавт звездное небо</t>
+  </si>
+  <si>
+    <t>Этот очаровательный ночник в форме космонавта не только создает уютную и волшебную атмосферу в детской комнате, но и станет оригинальным подарком для любого возраста. Проектор предлагает 12 завораживающих световых режимов, имитирующих туманность в самых разных цветах и оттенках. Переключайтесь между динамичными переливами или выбирайте статичный режим для спокойного засыпания. Режим 'Звёздное небо' добавит ещё больше волшебства, превращая потолок в бесконечный космический океан. Создайте атмосферу спокойствия и умиротворения для вашего ребенка перед сном, или настройте романтическую обстановку для вечера вдвоем. «Космонавт» — это больше, чем просто ночник; это портал в мир фантазий и безграничного спокойствия. Ключевые особенности: Оригинальный дизайн: Ночник в форме очаровательного космонавта. 12 режимов туманности: Широкий выбор цветов и динамических эффектов. Режим 'Звёздное небо': Создайте волшебную атмосферу звёздного неба у себя дома. Идеален для засыпания: Спокойное свечение и расслабляющие режимы помогут быстро уснуть.</t>
+  </si>
+  <si>
+    <t>универсальный очищающий средств для одежды</t>
+  </si>
+  <si>
+    <t>Этот эффективный продукт в формате сухой химчистки становится идеальным решением для вашего домашнего хозяйства. Наша пена бережно справляется с загрязнениями, такими как кожный себум на воротниках и манжетах, остатками косметики, жиром, грязью, пылью и следами пищи. Пена не оставляет разводов и бережно сохраняет структуру ткани и ее цвет, поскольку воздействует непосредственно на поверхность. Она отлично очищает различные виды одежды: пуховики, куртки, жилеты и комбинезоны, а также эффективно устраняет неприятные запахи.</t>
+  </si>
+  <si>
+    <t>Это чудо-средство, которое легко справится с любыми задачами по уборке и стирке. Подходит для белого и цветного белья, а также для чистки различных предметов в вашем доме.</t>
+  </si>
+  <si>
+    <t>Мыло выскальзывает из рук при стирке вещей? Неравномерно намыливается? Некуда убрать мокрое мыло? Решите эту проблему с новым дозатором мыла для стирки 2 в 1. Теперь застирования детских вещей станет легче и быстрнее. Мыльница с роликами для стирки хорошо держится в руке и создает обильную мыльную пену, специальная конструкция с пружинным механизмом позволяет использовать мыло до конца. А резиновые ролики при вращении образуют плотную пену для стирки вещей. Используйте наш дозатор как контейнер для хранения мыла. Диспенсер имеет крышку с прорезями, что дает возможность использовать его как подставку для мыла. Выполнена из качественного ABS пластика и силикона. Щетка для стирки ковров занимает мало места на столе и под при этом стильно смотрится на раковине в ванной или кухне. Дозатор для стирки из абс пластика легко моется в посудомойке.</t>
+  </si>
+  <si>
+    <t>Мягкая шапочка из махрового полотна для быстрой сушки волос - практичный и удобный аксессуар, который позволяет легко обернуть волосы и быстро высушить их после мытья. Это отличная замена обычному полотенцу, потому что она обеспечивает комфорт не только после душа, но и в сауне и бане. Шапочка надежно фиксируется на голове благодаря резинке. Особенность махровой шапочки в ее высокой впитываемости, что обеспечивает естественное высыхание волос без необходимости использования фена или других электрических устройств.</t>
+  </si>
+  <si>
+    <t>Светоотражающие наклейки для колес авто 20 шт</t>
+  </si>
+  <si>
+    <t>Светоотражающие наклейки на обод колесного диска, катафоты велосипедные, светоотражающая лента, наклейка для колес велосипеда 20 штук - это стильный яркий автоаксессуар. Светоотражающие наклейки для колес- эта светящаяся в темноте наклейка, которая обеспечит Вашу безопасность, что просто необходимо в темное время суток. Это пленка имеющая рефлективный эффект. Свет фар, лучи света уходящего солнца, свет фонарей и любое другое освещение- попадая на поверхность светоотражающей пленки отражается большим свечением, за счет чего обод колеса светится и делает Вас и Ваше транспортное средство заметным в дорожном движении. Подобные наклейки никогда не помешают велосипеду и его хозяину, ведь они помогут двигаться более безопасно и предотвратить любую аварийную ситуацию. А тем более очень пригодятся мамочкам с колясками, ведь здоровье и безопасность малыша и себя- превыше всего.</t>
+  </si>
+  <si>
+    <t>Насадка для швабры</t>
+  </si>
+  <si>
+    <t>Сменная насадка из микрофибры букли идеально подходит для уборки разных помещений квартиры.  Удобство использования на плоской швабре типа флаундер. Мягкая и впитывающая тряпочка с плотной структурой отлично справляется с влажной и сухой чисткой любых полов — от ламината и линолеума до плитки и ванны. Благодаря карманам с двух сторон насадка надежно крепится к уборочному мопу и не соскальзывает во время уборки. Уникальная плотность микрофибры позволяет эффективно собирать пыль, волосы, шерсть домашних животных и мелкий мусор, даже в труднодоступных местах и углах. Такая тряпочка имеет высокую впитывающую способность, что важно для мытья ванной, кухни и детской комнаты без разводов и лишней влаги. Тряпка многоразовая и экономичная. Прямоугольная форма обеспечивают большую площадь контакта с поверхностью, что ускоряет процесс приборки и делает его эффективным. Эта сменная деталь пригодится тем, кто заботится о чистоте ванной и кухни, ценит полезные хозяйственные товары для уборки и предпочитает контролировать качество мытья полов. Плотная микрофибра справляется с разводами на любых типах поверхностей, включая сложные виды покрытия пола в квартире. Прибор для сухой чистки также становится более функциональным с помощью такой насадки, обладающей высокой впитывающей способностью и устойчивостью к частым стиркам.</t>
+  </si>
+  <si>
+    <t>Напульсник бандаж на запястье спортивный</t>
+  </si>
+  <si>
+    <t>Универсальный бандаж на кистевой сустав ортопедия надежно защитит ваши кисти и суставы и подарит легкость и комфорт движения. Бандаж на руку сделан из дышащей ткани, прекрасно впитывает влагу, фиксирует кисть руки, плотно крепится благодаря липучке. Подойдет на мужскую, женскую и детскую руку. Напульсник спортивный предназначен для восстанавливающего эффекта после ушибов, нагрузок и держит сустав более прочно, что позволяет избежать растяжение запястья.</t>
+  </si>
+  <si>
+    <t>Спортивный бандаж на запястье универсальный</t>
+  </si>
+  <si>
+    <t>Изделие обеспечивает умеренную компрессию, стабилизирует сустав и помогает снизить дискомфорт при перенапряжении, повторяющихся движениях и длительной работе руками. Эластичный ортопедический напульсник плотно прилегает, не сковывает движений и подходит для спорта, фитнеса, тренировок, работы за компьютером, дома и на улице.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4397,51 +5435,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D834"/>
+  <dimension ref="A1:D1096"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>843</v>
       </c>
@@ -5052,51 +6090,51 @@
     <row r="46" spans="1:4">
       <c r="A46">
         <v>924</v>
       </c>
       <c r="B46" t="s">
         <v>87</v>
       </c>
       <c r="C46" t="s">
         <v>88</v>
       </c>
       <c r="D46">
         <v>30.0</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
         <v>925</v>
       </c>
       <c r="B47" t="s">
         <v>89</v>
       </c>
       <c r="C47" t="s">
         <v>90</v>
       </c>
       <c r="D47">
-        <v>100.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
         <v>926</v>
       </c>
       <c r="B48" t="s">
         <v>91</v>
       </c>
       <c r="C48" t="s">
         <v>92</v>
       </c>
       <c r="D48">
         <v>900.0</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
         <v>927</v>
       </c>
       <c r="B49" t="s">
         <v>93</v>
       </c>
       <c r="C49" t="s">
         <v>94</v>
@@ -5902,51 +6940,51 @@
     <row r="107" spans="1:4">
       <c r="A107">
         <v>1041</v>
       </c>
       <c r="B107" t="s">
         <v>204</v>
       </c>
       <c r="C107" t="s">
         <v>205</v>
       </c>
       <c r="D107">
         <v>200.0</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108">
         <v>1043</v>
       </c>
       <c r="B108" t="s">
         <v>206</v>
       </c>
       <c r="C108" t="s">
         <v>207</v>
       </c>
       <c r="D108">
-        <v>180.0</v>
+        <v>200.0</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109">
         <v>1046</v>
       </c>
       <c r="B109" t="s">
         <v>208</v>
       </c>
       <c r="C109" t="s">
         <v>209</v>
       </c>
       <c r="D109">
         <v>140.0</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110">
         <v>1047</v>
       </c>
       <c r="B110" t="s">
         <v>210</v>
       </c>
       <c r="C110" t="s">
         <v>211</v>
@@ -7310,51 +8348,51 @@
     <row r="208" spans="1:4">
       <c r="A208">
         <v>1207</v>
       </c>
       <c r="B208" t="s">
         <v>389</v>
       </c>
       <c r="C208" t="s">
         <v>390</v>
       </c>
       <c r="D208">
         <v>50.0</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209">
         <v>1208</v>
       </c>
       <c r="B209" t="s">
         <v>391</v>
       </c>
       <c r="C209" t="s">
         <v>392</v>
       </c>
       <c r="D209">
-        <v>150.0</v>
+        <v>250.0</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210">
         <v>1210</v>
       </c>
       <c r="B210" t="s">
         <v>393</v>
       </c>
       <c r="C210" t="s">
         <v>394</v>
       </c>
       <c r="D210">
         <v>90.0</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211">
         <v>1212</v>
       </c>
       <c r="B211" t="s">
         <v>395</v>
       </c>
       <c r="C211" t="s">
         <v>396</v>
@@ -7968,51 +9006,51 @@
     <row r="255" spans="1:4">
       <c r="A255">
         <v>1273</v>
       </c>
       <c r="B255" t="s">
         <v>480</v>
       </c>
       <c r="C255" t="s">
         <v>481</v>
       </c>
       <c r="D255">
         <v>250.0</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256">
         <v>1275</v>
       </c>
       <c r="B256" t="s">
         <v>482</v>
       </c>
       <c r="C256" t="s">
         <v>483</v>
       </c>
       <c r="D256">
-        <v>250.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257">
         <v>1276</v>
       </c>
       <c r="B257" t="s">
         <v>484</v>
       </c>
       <c r="C257" t="s">
         <v>485</v>
       </c>
       <c r="D257">
         <v>100.0</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258">
         <v>1280</v>
       </c>
       <c r="B258" t="s">
         <v>486</v>
       </c>
       <c r="C258" t="s">
         <v>487</v>
@@ -8974,51 +10012,51 @@
     <row r="327" spans="1:4">
       <c r="A327">
         <v>1371</v>
       </c>
       <c r="B327" t="s">
         <v>620</v>
       </c>
       <c r="C327" t="s">
         <v>621</v>
       </c>
       <c r="D327">
         <v>300.0</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328">
         <v>1346</v>
       </c>
       <c r="B328" t="s">
         <v>622</v>
       </c>
       <c r="C328" t="s">
         <v>623</v>
       </c>
       <c r="D328">
-        <v>150.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329">
         <v>1372</v>
       </c>
       <c r="B329" t="s">
         <v>624</v>
       </c>
       <c r="C329" t="s">
         <v>625</v>
       </c>
       <c r="D329">
         <v>30.0</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330">
         <v>1373</v>
       </c>
       <c r="B330" t="s">
         <v>626</v>
       </c>
       <c r="C330" t="s">
         <v>627</v>
@@ -9814,51 +10852,51 @@
     <row r="387" spans="1:4">
       <c r="A387">
         <v>1444</v>
       </c>
       <c r="B387" t="s">
         <v>733</v>
       </c>
       <c r="C387" t="s">
         <v>734</v>
       </c>
       <c r="D387">
         <v>100.0</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388">
         <v>1445</v>
       </c>
       <c r="B388" t="s">
         <v>735</v>
       </c>
       <c r="C388" t="s">
         <v>736</v>
       </c>
       <c r="D388">
-        <v>100.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389">
         <v>1446</v>
       </c>
       <c r="B389" t="s">
         <v>737</v>
       </c>
       <c r="C389" t="s">
         <v>738</v>
       </c>
       <c r="D389">
         <v>70.0</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390">
         <v>1447</v>
       </c>
       <c r="B390" t="s">
         <v>739</v>
       </c>
       <c r="C390" t="s">
         <v>740</v>
@@ -10206,51 +11244,51 @@
     <row r="415" spans="1:4">
       <c r="A415">
         <v>1474</v>
       </c>
       <c r="B415" t="s">
         <v>786</v>
       </c>
       <c r="C415" t="s">
         <v>787</v>
       </c>
       <c r="D415">
         <v>50.0</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416">
         <v>1475</v>
       </c>
       <c r="B416" t="s">
         <v>788</v>
       </c>
       <c r="C416" t="s">
         <v>789</v>
       </c>
       <c r="D416">
-        <v>100.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417">
         <v>1476</v>
       </c>
       <c r="B417" t="s">
         <v>790</v>
       </c>
       <c r="C417" t="s">
         <v>791</v>
       </c>
       <c r="D417">
         <v>150.0</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418">
         <v>1477</v>
       </c>
       <c r="B418" t="s">
         <v>792</v>
       </c>
       <c r="C418" t="s">
         <v>793</v>
@@ -10640,51 +11678,51 @@
     <row r="446" spans="1:4">
       <c r="A446">
         <v>1507</v>
       </c>
       <c r="B446" t="s">
         <v>843</v>
       </c>
       <c r="C446" t="s">
         <v>844</v>
       </c>
       <c r="D446">
         <v>150.0</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447">
         <v>1508</v>
       </c>
       <c r="B447" t="s">
         <v>845</v>
       </c>
       <c r="C447" t="s">
         <v>846</v>
       </c>
       <c r="D447">
-        <v>100.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448">
         <v>1509</v>
       </c>
       <c r="B448" t="s">
         <v>847</v>
       </c>
       <c r="C448" t="s">
         <v>848</v>
       </c>
       <c r="D448">
         <v>250.0</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449">
         <v>1510</v>
       </c>
       <c r="B449" t="s">
         <v>849</v>
       </c>
       <c r="C449" t="s">
         <v>850</v>
@@ -10976,51 +12014,51 @@
     <row r="470" spans="1:4">
       <c r="A470">
         <v>1533</v>
       </c>
       <c r="B470" t="s">
         <v>887</v>
       </c>
       <c r="C470" t="s">
         <v>888</v>
       </c>
       <c r="D470">
         <v>150.0</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471">
         <v>1534</v>
       </c>
       <c r="B471" t="s">
         <v>889</v>
       </c>
       <c r="C471" t="s">
         <v>890</v>
       </c>
       <c r="D471">
-        <v>35.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472">
         <v>1535</v>
       </c>
       <c r="B472" t="s">
         <v>891</v>
       </c>
       <c r="C472" t="s">
         <v>413</v>
       </c>
       <c r="D472">
         <v>60.0</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473">
         <v>1536</v>
       </c>
       <c r="B473" t="s">
         <v>892</v>
       </c>
       <c r="C473" t="s">
         <v>413</v>
@@ -14498,51 +15536,51 @@
     <row r="722" spans="1:4">
       <c r="A722">
         <v>1803</v>
       </c>
       <c r="B722" t="s">
         <v>834</v>
       </c>
       <c r="C722" t="s">
         <v>1200</v>
       </c>
       <c r="D722">
         <v>50.0</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="A723">
         <v>1804</v>
       </c>
       <c r="B723" t="s">
         <v>1201</v>
       </c>
       <c r="C723" t="s">
         <v>987</v>
       </c>
       <c r="D723">
-        <v>150.0</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="724" spans="1:4">
       <c r="A724">
         <v>1805</v>
       </c>
       <c r="B724" t="s">
         <v>720</v>
       </c>
       <c r="C724" t="s">
         <v>1202</v>
       </c>
       <c r="D724">
         <v>70.0</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725">
         <v>1806</v>
       </c>
       <c r="B725" t="s">
         <v>1203</v>
       </c>
       <c r="C725" t="s">
         <v>1204</v>
@@ -15474,51 +16512,51 @@
     <row r="792" spans="1:4">
       <c r="A792">
         <v>1873</v>
       </c>
       <c r="B792" t="s">
         <v>746</v>
       </c>
       <c r="C792" t="s">
         <v>1286</v>
       </c>
       <c r="D792">
         <v>50.0</v>
       </c>
     </row>
     <row r="793" spans="1:4">
       <c r="A793">
         <v>1874</v>
       </c>
       <c r="B793" t="s">
         <v>1246</v>
       </c>
       <c r="C793" t="s">
         <v>1287</v>
       </c>
       <c r="D793">
-        <v>450.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="794" spans="1:4">
       <c r="A794">
         <v>1875</v>
       </c>
       <c r="B794" t="s">
         <v>1221</v>
       </c>
       <c r="C794" t="s">
         <v>1288</v>
       </c>
       <c r="D794">
         <v>70.0</v>
       </c>
     </row>
     <row r="795" spans="1:4">
       <c r="A795">
         <v>1876</v>
       </c>
       <c r="B795" t="s">
         <v>221</v>
       </c>
       <c r="C795" t="s">
         <v>1289</v>
@@ -16049,50 +17087,3710 @@
       <c r="A833">
         <v>1914</v>
       </c>
       <c r="B833" t="s">
         <v>85</v>
       </c>
       <c r="C833" t="s">
         <v>1343</v>
       </c>
       <c r="D833">
         <v>100.0</v>
       </c>
     </row>
     <row r="834" spans="1:4">
       <c r="A834">
         <v>1915</v>
       </c>
       <c r="B834" t="s">
         <v>1344</v>
       </c>
       <c r="C834" t="s">
         <v>1345</v>
       </c>
       <c r="D834">
         <v>450.0</v>
+      </c>
+    </row>
+    <row r="835" spans="1:4">
+      <c r="A835">
+        <v>1916</v>
+      </c>
+      <c r="B835" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C835" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D835">
+        <v>30.0</v>
+      </c>
+    </row>
+    <row r="836" spans="1:4">
+      <c r="A836">
+        <v>1917</v>
+      </c>
+      <c r="B836" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C836" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D836">
+        <v>180.0</v>
+      </c>
+    </row>
+    <row r="837" spans="1:4">
+      <c r="A837">
+        <v>1918</v>
+      </c>
+      <c r="B837" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C837" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D837">
+        <v>180.0</v>
+      </c>
+    </row>
+    <row r="838" spans="1:4">
+      <c r="A838">
+        <v>1919</v>
+      </c>
+      <c r="B838" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C838" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D838">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="839" spans="1:4">
+      <c r="A839">
+        <v>1920</v>
+      </c>
+      <c r="B839" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C839" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D839">
+        <v>450.0</v>
+      </c>
+    </row>
+    <row r="840" spans="1:4">
+      <c r="A840">
+        <v>1921</v>
+      </c>
+      <c r="B840" t="s">
+        <v>916</v>
+      </c>
+      <c r="C840" t="s">
+        <v>919</v>
+      </c>
+      <c r="D840">
+        <v>180.0</v>
+      </c>
+    </row>
+    <row r="841" spans="1:4">
+      <c r="A841">
+        <v>1922</v>
+      </c>
+      <c r="B841" t="s">
+        <v>920</v>
+      </c>
+      <c r="C841" t="s">
+        <v>919</v>
+      </c>
+      <c r="D841">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="842" spans="1:4">
+      <c r="A842">
+        <v>1923</v>
+      </c>
+      <c r="B842" t="s">
+        <v>921</v>
+      </c>
+      <c r="C842" t="s">
+        <v>919</v>
+      </c>
+      <c r="D842">
+        <v>450.0</v>
+      </c>
+    </row>
+    <row r="843" spans="1:4">
+      <c r="A843">
+        <v>1924</v>
+      </c>
+      <c r="B843" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C843" t="s">
+        <v>919</v>
+      </c>
+      <c r="D843">
+        <v>180.0</v>
+      </c>
+    </row>
+    <row r="844" spans="1:4">
+      <c r="A844">
+        <v>1925</v>
+      </c>
+      <c r="B844" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C844" t="s">
+        <v>919</v>
+      </c>
+      <c r="D844">
+        <v>180.0</v>
+      </c>
+    </row>
+    <row r="845" spans="1:4">
+      <c r="A845">
+        <v>1926</v>
+      </c>
+      <c r="B845" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C845" t="s">
+        <v>919</v>
+      </c>
+      <c r="D845">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="846" spans="1:4">
+      <c r="A846">
+        <v>1927</v>
+      </c>
+      <c r="B846" t="s">
+        <v>95</v>
+      </c>
+      <c r="C846" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D846">
+        <v>450.0</v>
+      </c>
+    </row>
+    <row r="847" spans="1:4">
+      <c r="A847">
+        <v>1928</v>
+      </c>
+      <c r="B847" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C847" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D847">
+        <v>75.0</v>
+      </c>
+    </row>
+    <row r="848" spans="1:4">
+      <c r="A848">
+        <v>1929</v>
+      </c>
+      <c r="B848" t="s">
+        <v>826</v>
+      </c>
+      <c r="C848" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D848">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="849" spans="1:4">
+      <c r="A849">
+        <v>1930</v>
+      </c>
+      <c r="B849" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C849" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D849">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="850" spans="1:4">
+      <c r="A850">
+        <v>1931</v>
+      </c>
+      <c r="B850" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C850" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D850">
+        <v>120.0</v>
+      </c>
+    </row>
+    <row r="851" spans="1:4">
+      <c r="A851">
+        <v>1932</v>
+      </c>
+      <c r="B851" t="s">
+        <v>387</v>
+      </c>
+      <c r="C851" t="s">
+        <v>387</v>
+      </c>
+      <c r="D851">
+        <v>220.0</v>
+      </c>
+    </row>
+    <row r="852" spans="1:4">
+      <c r="A852">
+        <v>1933</v>
+      </c>
+      <c r="B852" t="s">
+        <v>166</v>
+      </c>
+      <c r="C852" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D852">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="853" spans="1:4">
+      <c r="A853">
+        <v>1934</v>
+      </c>
+      <c r="B853" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C853" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D853">
+        <v>200.0</v>
+      </c>
+    </row>
+    <row r="854" spans="1:4">
+      <c r="A854">
+        <v>1935</v>
+      </c>
+      <c r="B854" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C854" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D854">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="855" spans="1:4">
+      <c r="A855">
+        <v>1936</v>
+      </c>
+      <c r="B855" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C855" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D855">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="856" spans="1:4">
+      <c r="A856">
+        <v>1937</v>
+      </c>
+      <c r="B856" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C856" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D856">
+        <v>400.0</v>
+      </c>
+    </row>
+    <row r="857" spans="1:4">
+      <c r="A857">
+        <v>1938</v>
+      </c>
+      <c r="B857" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C857" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D857">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="858" spans="1:4">
+      <c r="A858">
+        <v>1939</v>
+      </c>
+      <c r="B858" t="s">
+        <v>67</v>
+      </c>
+      <c r="C858" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D858">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="859" spans="1:4">
+      <c r="A859">
+        <v>1940</v>
+      </c>
+      <c r="B859" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C859" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D859">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="860" spans="1:4">
+      <c r="A860">
+        <v>1941</v>
+      </c>
+      <c r="B860" t="s">
+        <v>50</v>
+      </c>
+      <c r="C860" t="s">
+        <v>1377</v>
+      </c>
+      <c r="D860">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="861" spans="1:4">
+      <c r="A861">
+        <v>1942</v>
+      </c>
+      <c r="B861" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C861" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D861">
+        <v>80.0</v>
+      </c>
+    </row>
+    <row r="862" spans="1:4">
+      <c r="A862">
+        <v>1943</v>
+      </c>
+      <c r="B862" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C862" t="s">
+        <v>394</v>
+      </c>
+      <c r="D862">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="863" spans="1:4">
+      <c r="A863">
+        <v>1944</v>
+      </c>
+      <c r="B863" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C863" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D863">
+        <v>400.0</v>
+      </c>
+    </row>
+    <row r="864" spans="1:4">
+      <c r="A864">
+        <v>1945</v>
+      </c>
+      <c r="B864" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C864" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D864">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="865" spans="1:4">
+      <c r="A865">
+        <v>1946</v>
+      </c>
+      <c r="B865" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C865" t="s">
+        <v>1385</v>
+      </c>
+      <c r="D865">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="866" spans="1:4">
+      <c r="A866">
+        <v>1947</v>
+      </c>
+      <c r="B866" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C866" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D866">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="867" spans="1:4">
+      <c r="A867">
+        <v>1948</v>
+      </c>
+      <c r="B867" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C867" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D867">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="868" spans="1:4">
+      <c r="A868">
+        <v>1949</v>
+      </c>
+      <c r="B868" t="s">
+        <v>150</v>
+      </c>
+      <c r="C868" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D868">
+        <v>200.0</v>
+      </c>
+    </row>
+    <row r="869" spans="1:4">
+      <c r="A869">
+        <v>1950</v>
+      </c>
+      <c r="B869" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C869" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D869">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="870" spans="1:4">
+      <c r="A870">
+        <v>1951</v>
+      </c>
+      <c r="B870" t="s">
+        <v>670</v>
+      </c>
+      <c r="C870" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D870">
+        <v>1000.0</v>
+      </c>
+    </row>
+    <row r="871" spans="1:4">
+      <c r="A871">
+        <v>1952</v>
+      </c>
+      <c r="B871" t="s">
+        <v>373</v>
+      </c>
+      <c r="C871" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D871">
+        <v>600.0</v>
+      </c>
+    </row>
+    <row r="872" spans="1:4">
+      <c r="A872">
+        <v>1953</v>
+      </c>
+      <c r="B872" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C872" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D872">
+        <v>200.0</v>
+      </c>
+    </row>
+    <row r="873" spans="1:4">
+      <c r="A873">
+        <v>1954</v>
+      </c>
+      <c r="B873" t="s">
+        <v>942</v>
+      </c>
+      <c r="C873" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D873">
+        <v>70.0</v>
+      </c>
+    </row>
+    <row r="874" spans="1:4">
+      <c r="A874">
+        <v>1955</v>
+      </c>
+      <c r="B874" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C874" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D874">
+        <v>550.0</v>
+      </c>
+    </row>
+    <row r="875" spans="1:4">
+      <c r="A875">
+        <v>1956</v>
+      </c>
+      <c r="B875" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C875" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D875">
+        <v>70.0</v>
+      </c>
+    </row>
+    <row r="876" spans="1:4">
+      <c r="A876">
+        <v>1957</v>
+      </c>
+      <c r="B876" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C876" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D876">
+        <v>350.0</v>
+      </c>
+    </row>
+    <row r="877" spans="1:4">
+      <c r="A877">
+        <v>1958</v>
+      </c>
+      <c r="B877" t="s">
+        <v>324</v>
+      </c>
+      <c r="C877" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D877">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="878" spans="1:4">
+      <c r="A878">
+        <v>1959</v>
+      </c>
+      <c r="B878" t="s">
+        <v>746</v>
+      </c>
+      <c r="C878" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D878">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="879" spans="1:4">
+      <c r="A879">
+        <v>1960</v>
+      </c>
+      <c r="B879" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C879"/>
+      <c r="D879">
+        <v>750.0</v>
+      </c>
+    </row>
+    <row r="880" spans="1:4">
+      <c r="A880">
+        <v>1961</v>
+      </c>
+      <c r="B880" t="s">
+        <v>612</v>
+      </c>
+      <c r="C880" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D880">
+        <v>350.0</v>
+      </c>
+    </row>
+    <row r="881" spans="1:4">
+      <c r="A881">
+        <v>1962</v>
+      </c>
+      <c r="B881" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C881" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D881">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="882" spans="1:4">
+      <c r="A882">
+        <v>1963</v>
+      </c>
+      <c r="B882" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C882" t="s">
+        <v>319</v>
+      </c>
+      <c r="D882">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="883" spans="1:4">
+      <c r="A883">
+        <v>1964</v>
+      </c>
+      <c r="B883" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C883" t="s">
+        <v>319</v>
+      </c>
+      <c r="D883">
+        <v>200.0</v>
+      </c>
+    </row>
+    <row r="884" spans="1:4">
+      <c r="A884">
+        <v>1965</v>
+      </c>
+      <c r="B884" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C884" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D884">
+        <v>200.0</v>
+      </c>
+    </row>
+    <row r="885" spans="1:4">
+      <c r="A885">
+        <v>1966</v>
+      </c>
+      <c r="B885" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C885" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D885">
+        <v>450.0</v>
+      </c>
+    </row>
+    <row r="886" spans="1:4">
+      <c r="A886">
+        <v>1967</v>
+      </c>
+      <c r="B886" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C886" t="s">
+        <v>392</v>
+      </c>
+      <c r="D886">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="887" spans="1:4">
+      <c r="A887">
+        <v>1968</v>
+      </c>
+      <c r="B887" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C887" t="s">
+        <v>392</v>
+      </c>
+      <c r="D887">
+        <v>180.0</v>
+      </c>
+    </row>
+    <row r="888" spans="1:4">
+      <c r="A888">
+        <v>1969</v>
+      </c>
+      <c r="B888" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C888" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D888">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="889" spans="1:4">
+      <c r="A889">
+        <v>1970</v>
+      </c>
+      <c r="B889" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C889" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D889">
+        <v>180.0</v>
+      </c>
+    </row>
+    <row r="890" spans="1:4">
+      <c r="A890">
+        <v>1971</v>
+      </c>
+      <c r="B890" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C890" t="s">
+        <v>13</v>
+      </c>
+      <c r="D890">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="891" spans="1:4">
+      <c r="A891">
+        <v>1972</v>
+      </c>
+      <c r="B891" t="s">
+        <v>73</v>
+      </c>
+      <c r="C891" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D891">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="892" spans="1:4">
+      <c r="A892">
+        <v>1973</v>
+      </c>
+      <c r="B892" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C892" t="s">
+        <v>175</v>
+      </c>
+      <c r="D892">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="893" spans="1:4">
+      <c r="A893">
+        <v>1974</v>
+      </c>
+      <c r="B893" t="s">
+        <v>219</v>
+      </c>
+      <c r="C893" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D893">
+        <v>350.0</v>
+      </c>
+    </row>
+    <row r="894" spans="1:4">
+      <c r="A894">
+        <v>1975</v>
+      </c>
+      <c r="B894" t="s">
+        <v>57</v>
+      </c>
+      <c r="C894" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D894">
+        <v>350.0</v>
+      </c>
+    </row>
+    <row r="895" spans="1:4">
+      <c r="A895">
+        <v>1976</v>
+      </c>
+      <c r="B895" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C895" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D895">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="896" spans="1:4">
+      <c r="A896">
+        <v>1977</v>
+      </c>
+      <c r="B896" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C896" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D896">
+        <v>450.0</v>
+      </c>
+    </row>
+    <row r="897" spans="1:4">
+      <c r="A897">
+        <v>1978</v>
+      </c>
+      <c r="B897" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C897" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D897">
+        <v>70.0</v>
+      </c>
+    </row>
+    <row r="898" spans="1:4">
+      <c r="A898">
+        <v>1979</v>
+      </c>
+      <c r="B898" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C898" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D898">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="899" spans="1:4">
+      <c r="A899">
+        <v>1980</v>
+      </c>
+      <c r="B899" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C899" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D899">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="900" spans="1:4">
+      <c r="A900">
+        <v>1981</v>
+      </c>
+      <c r="B900" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C900" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D900">
+        <v>70.0</v>
+      </c>
+    </row>
+    <row r="901" spans="1:4">
+      <c r="A901">
+        <v>1982</v>
+      </c>
+      <c r="B901" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C901" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D901">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="902" spans="1:4">
+      <c r="A902">
+        <v>1983</v>
+      </c>
+      <c r="B902" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C902" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D902">
+        <v>450.0</v>
+      </c>
+    </row>
+    <row r="903" spans="1:4">
+      <c r="A903">
+        <v>1984</v>
+      </c>
+      <c r="B903" t="s">
+        <v>704</v>
+      </c>
+      <c r="C903" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D903">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="904" spans="1:4">
+      <c r="A904">
+        <v>1985</v>
+      </c>
+      <c r="B904" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C904" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D904">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="905" spans="1:4">
+      <c r="A905">
+        <v>1986</v>
+      </c>
+      <c r="B905" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C905" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D905">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="906" spans="1:4">
+      <c r="A906">
+        <v>1987</v>
+      </c>
+      <c r="B906" t="s">
+        <v>689</v>
+      </c>
+      <c r="C906" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D906">
+        <v>40.0</v>
+      </c>
+    </row>
+    <row r="907" spans="1:4">
+      <c r="A907">
+        <v>1988</v>
+      </c>
+      <c r="B907" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C907" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D907">
+        <v>30.0</v>
+      </c>
+    </row>
+    <row r="908" spans="1:4">
+      <c r="A908">
+        <v>1989</v>
+      </c>
+      <c r="B908" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C908" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D908">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="909" spans="1:4">
+      <c r="A909">
+        <v>1990</v>
+      </c>
+      <c r="B909" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C909" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D909">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="910" spans="1:4">
+      <c r="A910">
+        <v>1991</v>
+      </c>
+      <c r="B910" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C910" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D910">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="911" spans="1:4">
+      <c r="A911">
+        <v>1992</v>
+      </c>
+      <c r="B911" t="s">
+        <v>826</v>
+      </c>
+      <c r="C911" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D911">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="912" spans="1:4">
+      <c r="A912">
+        <v>1993</v>
+      </c>
+      <c r="B912" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C912" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D912">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="913" spans="1:4">
+      <c r="A913">
+        <v>1994</v>
+      </c>
+      <c r="B913" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C913" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D913">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="914" spans="1:4">
+      <c r="A914">
+        <v>1995</v>
+      </c>
+      <c r="B914" t="s">
+        <v>788</v>
+      </c>
+      <c r="C914" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D914">
+        <v>1000.0</v>
+      </c>
+    </row>
+    <row r="915" spans="1:4">
+      <c r="A915">
+        <v>1996</v>
+      </c>
+      <c r="B915" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C915" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D915">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="916" spans="1:4">
+      <c r="A916">
+        <v>1997</v>
+      </c>
+      <c r="B916" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C916" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D916">
+        <v>180.0</v>
+      </c>
+    </row>
+    <row r="917" spans="1:4">
+      <c r="A917">
+        <v>1998</v>
+      </c>
+      <c r="B917" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C917" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D917">
+        <v>180.0</v>
+      </c>
+    </row>
+    <row r="918" spans="1:4">
+      <c r="A918">
+        <v>1999</v>
+      </c>
+      <c r="B918" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C918" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D918">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="919" spans="1:4">
+      <c r="A919">
+        <v>2000</v>
+      </c>
+      <c r="B919" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C919" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D919">
+        <v>450.0</v>
+      </c>
+    </row>
+    <row r="920" spans="1:4">
+      <c r="A920">
+        <v>2001</v>
+      </c>
+      <c r="B920" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C920" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D920">
+        <v>180.0</v>
+      </c>
+    </row>
+    <row r="921" spans="1:4">
+      <c r="A921">
+        <v>2002</v>
+      </c>
+      <c r="B921" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C921" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D921">
+        <v>180.0</v>
+      </c>
+    </row>
+    <row r="922" spans="1:4">
+      <c r="A922">
+        <v>2003</v>
+      </c>
+      <c r="B922" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C922" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D922">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="923" spans="1:4">
+      <c r="A923">
+        <v>2004</v>
+      </c>
+      <c r="B923" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C923" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D923">
+        <v>450.0</v>
+      </c>
+    </row>
+    <row r="924" spans="1:4">
+      <c r="A924">
+        <v>2005</v>
+      </c>
+      <c r="B924" t="s">
+        <v>95</v>
+      </c>
+      <c r="C924" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D924">
+        <v>450.0</v>
+      </c>
+    </row>
+    <row r="925" spans="1:4">
+      <c r="A925">
+        <v>2006</v>
+      </c>
+      <c r="B925" t="s">
+        <v>377</v>
+      </c>
+      <c r="C925" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D925">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="926" spans="1:4">
+      <c r="A926">
+        <v>2007</v>
+      </c>
+      <c r="B926" t="s">
+        <v>898</v>
+      </c>
+      <c r="C926" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D926">
+        <v>130.0</v>
+      </c>
+    </row>
+    <row r="927" spans="1:4">
+      <c r="A927">
+        <v>2008</v>
+      </c>
+      <c r="B927" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C927" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D927">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="928" spans="1:4">
+      <c r="A928">
+        <v>2009</v>
+      </c>
+      <c r="B928" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C928" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D928">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="929" spans="1:4">
+      <c r="A929">
+        <v>2010</v>
+      </c>
+      <c r="B929" t="s">
+        <v>638</v>
+      </c>
+      <c r="C929" t="s">
+        <v>915</v>
+      </c>
+      <c r="D929">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="930" spans="1:4">
+      <c r="A930">
+        <v>2011</v>
+      </c>
+      <c r="B930" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C930" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D930">
+        <v>60.0</v>
+      </c>
+    </row>
+    <row r="931" spans="1:4">
+      <c r="A931">
+        <v>2012</v>
+      </c>
+      <c r="B931" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C931" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D931">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="932" spans="1:4">
+      <c r="A932">
+        <v>2013</v>
+      </c>
+      <c r="B932" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C932" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D932">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="933" spans="1:4">
+      <c r="A933">
+        <v>2014</v>
+      </c>
+      <c r="B933" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C933" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D933">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="934" spans="1:4">
+      <c r="A934">
+        <v>2015</v>
+      </c>
+      <c r="B934" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C934" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D934">
+        <v>80.0</v>
+      </c>
+    </row>
+    <row r="935" spans="1:4">
+      <c r="A935">
+        <v>2016</v>
+      </c>
+      <c r="B935" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C935" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D935">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="936" spans="1:4">
+      <c r="A936">
+        <v>2017</v>
+      </c>
+      <c r="B936" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C936" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D936">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="937" spans="1:4">
+      <c r="A937">
+        <v>2018</v>
+      </c>
+      <c r="B937" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C937" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D937">
+        <v>180.0</v>
+      </c>
+    </row>
+    <row r="938" spans="1:4">
+      <c r="A938">
+        <v>2019</v>
+      </c>
+      <c r="B938" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C938" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D938">
+        <v>75.0</v>
+      </c>
+    </row>
+    <row r="939" spans="1:4">
+      <c r="A939">
+        <v>2020</v>
+      </c>
+      <c r="B939" t="s">
+        <v>953</v>
+      </c>
+      <c r="C939" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D939">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="940" spans="1:4">
+      <c r="A940">
+        <v>2021</v>
+      </c>
+      <c r="B940" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C940" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D940">
+        <v>400.0</v>
+      </c>
+    </row>
+    <row r="941" spans="1:4">
+      <c r="A941">
+        <v>2022</v>
+      </c>
+      <c r="B941" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C941" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D941">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="942" spans="1:4">
+      <c r="A942">
+        <v>2023</v>
+      </c>
+      <c r="B942" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C942" t="s">
+        <v>1481</v>
+      </c>
+      <c r="D942">
+        <v>120.0</v>
+      </c>
+    </row>
+    <row r="943" spans="1:4">
+      <c r="A943">
+        <v>2024</v>
+      </c>
+      <c r="B943" t="s">
+        <v>842</v>
+      </c>
+      <c r="C943" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D943">
+        <v>230.0</v>
+      </c>
+    </row>
+    <row r="944" spans="1:4">
+      <c r="A944">
+        <v>2025</v>
+      </c>
+      <c r="B944" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C944" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D944">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="945" spans="1:4">
+      <c r="A945">
+        <v>2026</v>
+      </c>
+      <c r="B945" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C945" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D945">
+        <v>800.0</v>
+      </c>
+    </row>
+    <row r="946" spans="1:4">
+      <c r="A946">
+        <v>2027</v>
+      </c>
+      <c r="B946" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C946" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D946">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="947" spans="1:4">
+      <c r="A947">
+        <v>2028</v>
+      </c>
+      <c r="B947" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C947" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D947">
+        <v>70.0</v>
+      </c>
+    </row>
+    <row r="948" spans="1:4">
+      <c r="A948">
+        <v>2029</v>
+      </c>
+      <c r="B948" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C948" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D948">
+        <v>10.0</v>
+      </c>
+    </row>
+    <row r="949" spans="1:4">
+      <c r="A949">
+        <v>2030</v>
+      </c>
+      <c r="B949" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C949" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D949">
+        <v>900.0</v>
+      </c>
+    </row>
+    <row r="950" spans="1:4">
+      <c r="A950">
+        <v>2031</v>
+      </c>
+      <c r="B950" t="s">
+        <v>670</v>
+      </c>
+      <c r="C950" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D950">
+        <v>1000.0</v>
+      </c>
+    </row>
+    <row r="951" spans="1:4">
+      <c r="A951">
+        <v>2032</v>
+      </c>
+      <c r="B951" t="s">
+        <v>923</v>
+      </c>
+      <c r="C951" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D951">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="952" spans="1:4">
+      <c r="A952">
+        <v>2033</v>
+      </c>
+      <c r="B952" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C952" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D952">
+        <v>200.0</v>
+      </c>
+    </row>
+    <row r="953" spans="1:4">
+      <c r="A953">
+        <v>2034</v>
+      </c>
+      <c r="B953" t="s">
+        <v>391</v>
+      </c>
+      <c r="C953" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D953">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="954" spans="1:4">
+      <c r="A954">
+        <v>2035</v>
+      </c>
+      <c r="B954" t="s">
+        <v>1500</v>
+      </c>
+      <c r="C954" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D954">
+        <v>200.0</v>
+      </c>
+    </row>
+    <row r="955" spans="1:4">
+      <c r="A955">
+        <v>2036</v>
+      </c>
+      <c r="B955" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C955" t="s">
+        <v>1502</v>
+      </c>
+      <c r="D955">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="956" spans="1:4">
+      <c r="A956">
+        <v>2037</v>
+      </c>
+      <c r="B956" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C956" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D956">
+        <v>35.0</v>
+      </c>
+    </row>
+    <row r="957" spans="1:4">
+      <c r="A957">
+        <v>2038</v>
+      </c>
+      <c r="B957" t="s">
+        <v>824</v>
+      </c>
+      <c r="C957" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D957">
+        <v>550.0</v>
+      </c>
+    </row>
+    <row r="958" spans="1:4">
+      <c r="A958">
+        <v>2039</v>
+      </c>
+      <c r="B958" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C958" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D958">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="959" spans="1:4">
+      <c r="A959">
+        <v>2040</v>
+      </c>
+      <c r="B959" t="s">
+        <v>166</v>
+      </c>
+      <c r="C959" t="s">
+        <v>166</v>
+      </c>
+      <c r="D959">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="960" spans="1:4">
+      <c r="A960">
+        <v>2041</v>
+      </c>
+      <c r="B960" t="s">
+        <v>546</v>
+      </c>
+      <c r="C960" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D960">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="961" spans="1:4">
+      <c r="A961">
+        <v>2042</v>
+      </c>
+      <c r="B961" t="s">
+        <v>1508</v>
+      </c>
+      <c r="C961" t="s">
+        <v>1509</v>
+      </c>
+      <c r="D961">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="962" spans="1:4">
+      <c r="A962">
+        <v>2043</v>
+      </c>
+      <c r="B962" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C962" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D962">
+        <v>220.0</v>
+      </c>
+    </row>
+    <row r="963" spans="1:4">
+      <c r="A963">
+        <v>2044</v>
+      </c>
+      <c r="B963" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C963" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D963">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="964" spans="1:4">
+      <c r="A964">
+        <v>2045</v>
+      </c>
+      <c r="B964" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C964" t="s">
+        <v>1515</v>
+      </c>
+      <c r="D964">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="965" spans="1:4">
+      <c r="A965">
+        <v>2046</v>
+      </c>
+      <c r="B965" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C965" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D965">
+        <v>40.0</v>
+      </c>
+    </row>
+    <row r="966" spans="1:4">
+      <c r="A966">
+        <v>2047</v>
+      </c>
+      <c r="B966" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C966" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D966">
+        <v>900.0</v>
+      </c>
+    </row>
+    <row r="967" spans="1:4">
+      <c r="A967">
+        <v>2048</v>
+      </c>
+      <c r="B967" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C967" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D967">
+        <v>300.0</v>
+      </c>
+    </row>
+    <row r="968" spans="1:4">
+      <c r="A968">
+        <v>2049</v>
+      </c>
+      <c r="B968" t="s">
+        <v>25</v>
+      </c>
+      <c r="C968" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D968">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="969" spans="1:4">
+      <c r="A969">
+        <v>2050</v>
+      </c>
+      <c r="B969" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C969" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D969">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="970" spans="1:4">
+      <c r="A970">
+        <v>2051</v>
+      </c>
+      <c r="B970" t="s">
+        <v>685</v>
+      </c>
+      <c r="C970" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D970">
+        <v>130.0</v>
+      </c>
+    </row>
+    <row r="971" spans="1:4">
+      <c r="A971">
+        <v>2052</v>
+      </c>
+      <c r="B971" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C971" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D971">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="972" spans="1:4">
+      <c r="A972">
+        <v>2053</v>
+      </c>
+      <c r="B972" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C972" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D972">
+        <v>350.0</v>
+      </c>
+    </row>
+    <row r="973" spans="1:4">
+      <c r="A973">
+        <v>2054</v>
+      </c>
+      <c r="B973" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C973"/>
+      <c r="D973">
+        <v>300.0</v>
+      </c>
+    </row>
+    <row r="974" spans="1:4">
+      <c r="A974">
+        <v>2055</v>
+      </c>
+      <c r="B974" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C974" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D974">
+        <v>1500.0</v>
+      </c>
+    </row>
+    <row r="975" spans="1:4">
+      <c r="A975">
+        <v>2056</v>
+      </c>
+      <c r="B975" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C975" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D975">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="976" spans="1:4">
+      <c r="A976">
+        <v>2057</v>
+      </c>
+      <c r="B976" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C976" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D976">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="977" spans="1:4">
+      <c r="A977">
+        <v>2058</v>
+      </c>
+      <c r="B977" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C977" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D977">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="978" spans="1:4">
+      <c r="A978">
+        <v>2059</v>
+      </c>
+      <c r="B978" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C978" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D978">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="979" spans="1:4">
+      <c r="A979">
+        <v>2060</v>
+      </c>
+      <c r="B979" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C979" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D979">
+        <v>180.0</v>
+      </c>
+    </row>
+    <row r="980" spans="1:4">
+      <c r="A980">
+        <v>2061</v>
+      </c>
+      <c r="B980" t="s">
+        <v>85</v>
+      </c>
+      <c r="C980" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D980">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="981" spans="1:4">
+      <c r="A981">
+        <v>2062</v>
+      </c>
+      <c r="B981" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C981" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D981">
+        <v>60.0</v>
+      </c>
+    </row>
+    <row r="982" spans="1:4">
+      <c r="A982">
+        <v>2063</v>
+      </c>
+      <c r="B982" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C982" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D982">
+        <v>80.0</v>
+      </c>
+    </row>
+    <row r="983" spans="1:4">
+      <c r="A983">
+        <v>2064</v>
+      </c>
+      <c r="B983" t="s">
+        <v>778</v>
+      </c>
+      <c r="C983" t="s">
+        <v>1540</v>
+      </c>
+      <c r="D983">
+        <v>30.0</v>
+      </c>
+    </row>
+    <row r="984" spans="1:4">
+      <c r="A984">
+        <v>2065</v>
+      </c>
+      <c r="B984" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C984" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D984">
+        <v>220.0</v>
+      </c>
+    </row>
+    <row r="985" spans="1:4">
+      <c r="A985">
+        <v>2066</v>
+      </c>
+      <c r="B985" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C985" t="s">
+        <v>925</v>
+      </c>
+      <c r="D985">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="986" spans="1:4">
+      <c r="A986">
+        <v>2067</v>
+      </c>
+      <c r="B986" t="s">
+        <v>519</v>
+      </c>
+      <c r="C986" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D986">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="987" spans="1:4">
+      <c r="A987">
+        <v>2068</v>
+      </c>
+      <c r="B987" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C987" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D987">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="988" spans="1:4">
+      <c r="A988">
+        <v>2069</v>
+      </c>
+      <c r="B988" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C988" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D988">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="989" spans="1:4">
+      <c r="A989">
+        <v>2070</v>
+      </c>
+      <c r="B989" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C989" t="s">
+        <v>789</v>
+      </c>
+      <c r="D989">
+        <v>130.0</v>
+      </c>
+    </row>
+    <row r="990" spans="1:4">
+      <c r="A990">
+        <v>2071</v>
+      </c>
+      <c r="B990" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C990" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D990">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="991" spans="1:4">
+      <c r="A991">
+        <v>2072</v>
+      </c>
+      <c r="B991" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C991" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D991">
+        <v>25.0</v>
+      </c>
+    </row>
+    <row r="992" spans="1:4">
+      <c r="A992">
+        <v>2073</v>
+      </c>
+      <c r="B992" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C992" t="s">
+        <v>127</v>
+      </c>
+      <c r="D992">
+        <v>30.0</v>
+      </c>
+    </row>
+    <row r="993" spans="1:4">
+      <c r="A993">
+        <v>2074</v>
+      </c>
+      <c r="B993" t="s">
+        <v>935</v>
+      </c>
+      <c r="C993" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D993">
+        <v>30.0</v>
+      </c>
+    </row>
+    <row r="994" spans="1:4">
+      <c r="A994">
+        <v>2075</v>
+      </c>
+      <c r="B994" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C994"/>
+      <c r="D994">
+        <v>30.0</v>
+      </c>
+    </row>
+    <row r="995" spans="1:4">
+      <c r="A995">
+        <v>2076</v>
+      </c>
+      <c r="B995" t="s">
+        <v>214</v>
+      </c>
+      <c r="C995" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D995">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="996" spans="1:4">
+      <c r="A996">
+        <v>2077</v>
+      </c>
+      <c r="B996" t="s">
+        <v>53</v>
+      </c>
+      <c r="C996" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D996">
+        <v>140.0</v>
+      </c>
+    </row>
+    <row r="997" spans="1:4">
+      <c r="A997">
+        <v>2078</v>
+      </c>
+      <c r="B997" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C997" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D997">
+        <v>40.0</v>
+      </c>
+    </row>
+    <row r="998" spans="1:4">
+      <c r="A998">
+        <v>2079</v>
+      </c>
+      <c r="B998" t="s">
+        <v>299</v>
+      </c>
+      <c r="C998" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D998">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="999" spans="1:4">
+      <c r="A999">
+        <v>2080</v>
+      </c>
+      <c r="B999" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C999" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D999">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:4">
+      <c r="A1000">
+        <v>2081</v>
+      </c>
+      <c r="B1000" t="s">
+        <v>826</v>
+      </c>
+      <c r="C1000" t="s">
+        <v>1559</v>
+      </c>
+      <c r="D1000">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:4">
+      <c r="A1001">
+        <v>2082</v>
+      </c>
+      <c r="B1001" t="s">
+        <v>1560</v>
+      </c>
+      <c r="C1001" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D1001">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:4">
+      <c r="A1002">
+        <v>2083</v>
+      </c>
+      <c r="B1002" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C1002" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D1002">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:4">
+      <c r="A1003">
+        <v>2084</v>
+      </c>
+      <c r="B1003" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C1003" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D1003">
+        <v>1500.0</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:4">
+      <c r="A1004">
+        <v>2085</v>
+      </c>
+      <c r="B1004" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C1004" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D1004">
+        <v>80.0</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:4">
+      <c r="A1005">
+        <v>2086</v>
+      </c>
+      <c r="B1005" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C1005" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D1005">
+        <v>200.0</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:4">
+      <c r="A1006">
+        <v>2087</v>
+      </c>
+      <c r="B1006" t="s">
+        <v>877</v>
+      </c>
+      <c r="C1006" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D1006">
+        <v>80.0</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:4">
+      <c r="A1007">
+        <v>2088</v>
+      </c>
+      <c r="B1007" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C1007" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D1007">
+        <v>200.0</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:4">
+      <c r="A1008">
+        <v>2089</v>
+      </c>
+      <c r="B1008" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C1008" t="s">
+        <v>319</v>
+      </c>
+      <c r="D1008">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:4">
+      <c r="A1009">
+        <v>2090</v>
+      </c>
+      <c r="B1009" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C1009" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D1009">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:4">
+      <c r="A1010">
+        <v>2091</v>
+      </c>
+      <c r="B1010" t="s">
+        <v>67</v>
+      </c>
+      <c r="C1010" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D1010">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:4">
+      <c r="A1011">
+        <v>2092</v>
+      </c>
+      <c r="B1011" t="s">
+        <v>198</v>
+      </c>
+      <c r="C1011" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D1011">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:4">
+      <c r="A1012">
+        <v>2093</v>
+      </c>
+      <c r="B1012" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C1012" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D1012">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:4">
+      <c r="A1013">
+        <v>2094</v>
+      </c>
+      <c r="B1013" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C1013" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D1013">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:4">
+      <c r="A1014">
+        <v>2095</v>
+      </c>
+      <c r="B1014" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C1014"/>
+      <c r="D1014">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:4">
+      <c r="A1015">
+        <v>2096</v>
+      </c>
+      <c r="B1015" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C1015" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D1015">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:4">
+      <c r="A1016">
+        <v>2097</v>
+      </c>
+      <c r="B1016" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C1016" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D1016">
+        <v>120.0</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:4">
+      <c r="A1017">
+        <v>2098</v>
+      </c>
+      <c r="B1017" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C1017" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D1017">
+        <v>130.0</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:4">
+      <c r="A1018">
+        <v>2099</v>
+      </c>
+      <c r="B1018" t="s">
+        <v>391</v>
+      </c>
+      <c r="C1018" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D1018">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:4">
+      <c r="A1019">
+        <v>2100</v>
+      </c>
+      <c r="B1019" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C1019" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D1019">
+        <v>30.0</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:4">
+      <c r="A1020">
+        <v>2101</v>
+      </c>
+      <c r="B1020" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C1020" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D1020">
+        <v>80.0</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:4">
+      <c r="A1021">
+        <v>2102</v>
+      </c>
+      <c r="B1021" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C1021" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D1021">
+        <v>120.0</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:4">
+      <c r="A1022">
+        <v>2103</v>
+      </c>
+      <c r="B1022" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C1022" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D1022">
+        <v>130.0</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:4">
+      <c r="A1023">
+        <v>2104</v>
+      </c>
+      <c r="B1023" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C1023" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D1023">
+        <v>1000.0</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:4">
+      <c r="A1024">
+        <v>2105</v>
+      </c>
+      <c r="B1024" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C1024" t="s">
+        <v>1590</v>
+      </c>
+      <c r="D1024">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:4">
+      <c r="A1025">
+        <v>2106</v>
+      </c>
+      <c r="B1025" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C1025" t="s">
+        <v>516</v>
+      </c>
+      <c r="D1025">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:4">
+      <c r="A1026">
+        <v>2107</v>
+      </c>
+      <c r="B1026" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C1026" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D1026">
+        <v>199.0</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:4">
+      <c r="A1027">
+        <v>2108</v>
+      </c>
+      <c r="B1027" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C1027" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D1027">
+        <v>120.0</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:4">
+      <c r="A1028">
+        <v>2109</v>
+      </c>
+      <c r="B1028" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C1028" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D1028">
+        <v>130.0</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:4">
+      <c r="A1029">
+        <v>2110</v>
+      </c>
+      <c r="B1029" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C1029" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D1029">
+        <v>140.0</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:4">
+      <c r="A1030">
+        <v>2111</v>
+      </c>
+      <c r="B1030" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C1030" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D1030">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:4">
+      <c r="A1031">
+        <v>2112</v>
+      </c>
+      <c r="B1031" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C1031" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D1031">
+        <v>130.0</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:4">
+      <c r="A1032">
+        <v>2113</v>
+      </c>
+      <c r="B1032" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C1032" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D1032">
+        <v>140.0</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:4">
+      <c r="A1033">
+        <v>2114</v>
+      </c>
+      <c r="B1033" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C1033" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D1033">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:4">
+      <c r="A1034">
+        <v>2115</v>
+      </c>
+      <c r="B1034" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C1034" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D1034">
+        <v>80.0</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:4">
+      <c r="A1035">
+        <v>2116</v>
+      </c>
+      <c r="B1035" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C1035" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D1035">
+        <v>30.0</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:4">
+      <c r="A1036">
+        <v>2117</v>
+      </c>
+      <c r="B1036" t="s">
+        <v>1603</v>
+      </c>
+      <c r="C1036" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D1036">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:4">
+      <c r="A1037">
+        <v>2118</v>
+      </c>
+      <c r="B1037" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C1037" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D1037">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:4">
+      <c r="A1038">
+        <v>2119</v>
+      </c>
+      <c r="B1038" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C1038" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D1038">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:4">
+      <c r="A1039">
+        <v>2120</v>
+      </c>
+      <c r="B1039" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C1039" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D1039">
+        <v>70.0</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:4">
+      <c r="A1040">
+        <v>2121</v>
+      </c>
+      <c r="B1040" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C1040" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D1040">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:4">
+      <c r="A1041">
+        <v>2122</v>
+      </c>
+      <c r="B1041" t="s">
+        <v>432</v>
+      </c>
+      <c r="C1041" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D1041">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:4">
+      <c r="A1042">
+        <v>2123</v>
+      </c>
+      <c r="B1042" t="s">
+        <v>891</v>
+      </c>
+      <c r="C1042" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D1042">
+        <v>60.0</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:4">
+      <c r="A1043">
+        <v>2124</v>
+      </c>
+      <c r="B1043" t="s">
+        <v>892</v>
+      </c>
+      <c r="C1043" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D1043">
+        <v>70.0</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:4">
+      <c r="A1044">
+        <v>2125</v>
+      </c>
+      <c r="B1044" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C1044" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D1044">
+        <v>70.0</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:4">
+      <c r="A1045">
+        <v>2126</v>
+      </c>
+      <c r="B1045" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C1045" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D1045">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:4">
+      <c r="A1046">
+        <v>2127</v>
+      </c>
+      <c r="B1046" t="s">
+        <v>1615</v>
+      </c>
+      <c r="C1046" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D1046">
+        <v>30.0</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:4">
+      <c r="A1047">
+        <v>2128</v>
+      </c>
+      <c r="B1047" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C1047" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D1047">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:4">
+      <c r="A1048">
+        <v>2129</v>
+      </c>
+      <c r="B1048" t="s">
+        <v>99</v>
+      </c>
+      <c r="C1048" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D1048">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:4">
+      <c r="A1049">
+        <v>2130</v>
+      </c>
+      <c r="B1049" t="s">
+        <v>689</v>
+      </c>
+      <c r="C1049" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D1049">
+        <v>40.0</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:4">
+      <c r="A1050">
+        <v>2131</v>
+      </c>
+      <c r="B1050" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C1050" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D1050">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:4">
+      <c r="A1051">
+        <v>2132</v>
+      </c>
+      <c r="B1051" t="s">
+        <v>1621</v>
+      </c>
+      <c r="C1051" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D1051">
+        <v>70.0</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:4">
+      <c r="A1052">
+        <v>2133</v>
+      </c>
+      <c r="B1052" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C1052" t="s">
+        <v>392</v>
+      </c>
+      <c r="D1052">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:4">
+      <c r="A1053">
+        <v>2134</v>
+      </c>
+      <c r="B1053" t="s">
+        <v>361</v>
+      </c>
+      <c r="C1053" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D1053">
+        <v>30.0</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:4">
+      <c r="A1054">
+        <v>2135</v>
+      </c>
+      <c r="B1054" t="s">
+        <v>628</v>
+      </c>
+      <c r="C1054" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D1054">
+        <v>350.0</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:4">
+      <c r="A1055">
+        <v>2136</v>
+      </c>
+      <c r="B1055" t="s">
+        <v>922</v>
+      </c>
+      <c r="C1055" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D1055">
+        <v>300.0</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:4">
+      <c r="A1056">
+        <v>2137</v>
+      </c>
+      <c r="B1056" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C1056" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D1056">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:4">
+      <c r="A1057">
+        <v>2138</v>
+      </c>
+      <c r="B1057" t="s">
+        <v>756</v>
+      </c>
+      <c r="C1057" t="s">
+        <v>1626</v>
+      </c>
+      <c r="D1057">
+        <v>200.0</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:4">
+      <c r="A1058">
+        <v>2139</v>
+      </c>
+      <c r="B1058" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C1058" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D1058">
+        <v>200.0</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:4">
+      <c r="A1059">
+        <v>2140</v>
+      </c>
+      <c r="B1059" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C1059" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D1059">
+        <v>550.0</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:4">
+      <c r="A1060">
+        <v>2141</v>
+      </c>
+      <c r="B1060" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C1060" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D1060">
+        <v>350.0</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:4">
+      <c r="A1061">
+        <v>2142</v>
+      </c>
+      <c r="B1061" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C1061" t="s">
+        <v>1633</v>
+      </c>
+      <c r="D1061">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:4">
+      <c r="A1062">
+        <v>2143</v>
+      </c>
+      <c r="B1062" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C1062" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D1062">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:4">
+      <c r="A1063">
+        <v>2144</v>
+      </c>
+      <c r="B1063" t="s">
+        <v>1636</v>
+      </c>
+      <c r="C1063" t="s">
+        <v>1637</v>
+      </c>
+      <c r="D1063">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:4">
+      <c r="A1064">
+        <v>2145</v>
+      </c>
+      <c r="B1064" t="s">
+        <v>606</v>
+      </c>
+      <c r="C1064" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D1064">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:4">
+      <c r="A1065">
+        <v>2146</v>
+      </c>
+      <c r="B1065" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C1065" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D1065">
+        <v>400.0</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:4">
+      <c r="A1066">
+        <v>2147</v>
+      </c>
+      <c r="B1066" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C1066" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D1066">
+        <v>200.0</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:4">
+      <c r="A1067">
+        <v>2148</v>
+      </c>
+      <c r="B1067" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C1067" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D1067">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:4">
+      <c r="A1068">
+        <v>2149</v>
+      </c>
+      <c r="B1068" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C1068" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D1068">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:4">
+      <c r="A1069">
+        <v>2150</v>
+      </c>
+      <c r="B1069" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C1069" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D1069">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:4">
+      <c r="A1070">
+        <v>2151</v>
+      </c>
+      <c r="B1070" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C1070" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D1070">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:4">
+      <c r="A1071">
+        <v>2152</v>
+      </c>
+      <c r="B1071" t="s">
+        <v>1649</v>
+      </c>
+      <c r="C1071" t="s">
+        <v>1650</v>
+      </c>
+      <c r="D1071">
+        <v>220.0</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:4">
+      <c r="A1072">
+        <v>2153</v>
+      </c>
+      <c r="B1072" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C1072" t="s">
+        <v>1652</v>
+      </c>
+      <c r="D1072">
+        <v>70.0</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:4">
+      <c r="A1073">
+        <v>2154</v>
+      </c>
+      <c r="B1073" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C1073" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D1073">
+        <v>120.0</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:4">
+      <c r="A1074">
+        <v>2155</v>
+      </c>
+      <c r="B1074" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C1074" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D1074">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:4">
+      <c r="A1075">
+        <v>2156</v>
+      </c>
+      <c r="B1075" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C1075" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D1075">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:4">
+      <c r="A1076">
+        <v>2157</v>
+      </c>
+      <c r="B1076" t="s">
+        <v>792</v>
+      </c>
+      <c r="C1076" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D1076">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:4">
+      <c r="A1077">
+        <v>2158</v>
+      </c>
+      <c r="B1077" t="s">
+        <v>712</v>
+      </c>
+      <c r="C1077" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D1077">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:4">
+      <c r="A1078">
+        <v>2159</v>
+      </c>
+      <c r="B1078" t="s">
+        <v>1660</v>
+      </c>
+      <c r="C1078" t="s">
+        <v>649</v>
+      </c>
+      <c r="D1078">
+        <v>350.0</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:4">
+      <c r="A1079">
+        <v>2160</v>
+      </c>
+      <c r="B1079" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C1079" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D1079">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:4">
+      <c r="A1080">
+        <v>2161</v>
+      </c>
+      <c r="B1080" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C1080" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D1080">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:4">
+      <c r="A1081">
+        <v>2162</v>
+      </c>
+      <c r="B1081" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C1081" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D1081">
+        <v>180.0</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:4">
+      <c r="A1082">
+        <v>2163</v>
+      </c>
+      <c r="B1082" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C1082" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D1082">
+        <v>250.0</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:4">
+      <c r="A1083">
+        <v>2164</v>
+      </c>
+      <c r="B1083" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C1083" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D1083">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:4">
+      <c r="A1084">
+        <v>2165</v>
+      </c>
+      <c r="B1084" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C1084" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D1084">
+        <v>120.0</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:4">
+      <c r="A1085">
+        <v>2166</v>
+      </c>
+      <c r="B1085" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C1085" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D1085">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:4">
+      <c r="A1086">
+        <v>2167</v>
+      </c>
+      <c r="B1086" t="s">
+        <v>1675</v>
+      </c>
+      <c r="C1086" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D1086">
+        <v>200.0</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:4">
+      <c r="A1087">
+        <v>2168</v>
+      </c>
+      <c r="B1087" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C1087" t="s">
+        <v>1678</v>
+      </c>
+      <c r="D1087">
+        <v>300.0</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:4">
+      <c r="A1088">
+        <v>2169</v>
+      </c>
+      <c r="B1088" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C1088" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D1088">
+        <v>130.0</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:4">
+      <c r="A1089">
+        <v>2170</v>
+      </c>
+      <c r="B1089" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C1089" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D1089">
+        <v>70.0</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:4">
+      <c r="A1090">
+        <v>2171</v>
+      </c>
+      <c r="B1090" t="s">
+        <v>712</v>
+      </c>
+      <c r="C1090" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D1090">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:4">
+      <c r="A1091">
+        <v>2172</v>
+      </c>
+      <c r="B1091" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1091" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D1091">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:4">
+      <c r="A1092">
+        <v>2173</v>
+      </c>
+      <c r="B1092" t="s">
+        <v>101</v>
+      </c>
+      <c r="C1092" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D1092">
+        <v>180.0</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:4">
+      <c r="A1093">
+        <v>2174</v>
+      </c>
+      <c r="B1093" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C1093" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D1093">
+        <v>40.0</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:4">
+      <c r="A1094">
+        <v>2175</v>
+      </c>
+      <c r="B1094" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C1094" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D1094">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:4">
+      <c r="A1095">
+        <v>2176</v>
+      </c>
+      <c r="B1095" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C1095" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D1095">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:4">
+      <c r="A1096">
+        <v>2177</v>
+      </c>
+      <c r="B1096" t="s">
+        <v>1690</v>
+      </c>
+      <c r="C1096" t="s">
+        <v>1691</v>
+      </c>
+      <c r="D1096">
+        <v>90.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">